--- v0 (2025-10-30)
+++ v1 (2025-12-14)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1583" uniqueCount="744">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1871" uniqueCount="871">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -1366,90 +1366,291 @@
   <si>
     <t>924</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/924/indicacao__099_-_geraldoze_do_parto.pdf</t>
   </si>
   <si>
     <t>Aquisição dos equipamentos necessários para o poço artesiano da comunidade de Santa Cruz, situada às margens do Córrego Tabocas e também a substituição da tubulação de outra rede existente na mesma localidade</t>
   </si>
   <si>
     <t>925</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/925/indicacao__100_geraldo.pdf</t>
   </si>
   <si>
     <t>Promova a instalação de lixeiras públicas nas casas onde ainda não existem, podendo ser disponibilizada uma lixeira para cada duas famílias, conforme a necessidade local.</t>
   </si>
   <si>
+    <t>931</t>
+  </si>
+  <si>
+    <t>101</t>
+  </si>
+  <si>
+    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/931/indicacao_101.pdf</t>
+  </si>
+  <si>
+    <t>Reconstrução da ponte de madeira do Córrego Palmeiras, na propriedade do Sr. Cândido Pereira Mota.</t>
+  </si>
+  <si>
+    <t>932</t>
+  </si>
+  <si>
+    <t>102</t>
+  </si>
+  <si>
+    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/932/indicacao_102.pdf</t>
+  </si>
+  <si>
+    <t>Aquisição de um micro-ônibus para atender à Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>933</t>
+  </si>
+  <si>
+    <t>104</t>
+  </si>
+  <si>
+    <t>ALBANITA ANJOS, JOSÉ DO PARTO CARDOSO LISBOA, NILSINHO, OSVALDINO</t>
+  </si>
+  <si>
+    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/933/indicacao_104-2025.pdf</t>
+  </si>
+  <si>
+    <t>Indica a estruturação do futuro Bairro Morada Nova (antigo campo de avião), incluindo regularização fundiária, implantação de rede elétrica, sistema de saneamento básico e demais obras de infraestrutura essenciais.</t>
+  </si>
+  <si>
+    <t>934</t>
+  </si>
+  <si>
+    <t>105</t>
+  </si>
+  <si>
+    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/934/indicacao_105-2025.pdf</t>
+  </si>
+  <si>
+    <t>Sugere a alteração da denominação do cargo de Supervisor Pedagógico</t>
+  </si>
+  <si>
+    <t>936</t>
+  </si>
+  <si>
+    <t>106</t>
+  </si>
+  <si>
+    <t>ALBANITA ANJOS, GERALDO GALEGO</t>
+  </si>
+  <si>
+    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/936/indicacao_106-2025.pdf</t>
+  </si>
+  <si>
+    <t>Solicita a aquisição de caminhão em chassi para acoplamento de tanque rodoviário resfriador destinado ao transporte de leite, para atendimento da bacia leiteira do município de Urucuia/MG.</t>
+  </si>
+  <si>
+    <t>937</t>
+  </si>
+  <si>
+    <t>107</t>
+  </si>
+  <si>
+    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/937/indicacao_107-2025.pdf</t>
+  </si>
+  <si>
+    <t>Implantação do Programa "Olho Vivo" no Município de Urucuia/MG.</t>
+  </si>
+  <si>
+    <t>938</t>
+  </si>
+  <si>
+    <t>108</t>
+  </si>
+  <si>
+    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/938/indicacao_108-2025.pdf</t>
+  </si>
+  <si>
+    <t>Aquisição de uma Unidade Odontológica Móvel para o Município de Urucuia/MG.</t>
+  </si>
+  <si>
+    <t>939</t>
+  </si>
+  <si>
+    <t>109</t>
+  </si>
+  <si>
+    <t>GERALDO GALEGO, JOSÉ DO PARTO CARDOSO LISBOA, NETÃO DO POVO</t>
+  </si>
+  <si>
+    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/939/indicacao_109-2025.pdf</t>
+  </si>
+  <si>
+    <t>Recomenda a substituição completa do telhado do Hospital Municipal Gricia Lisboa de Rezende.</t>
+  </si>
+  <si>
+    <t>940</t>
+  </si>
+  <si>
+    <t>111</t>
+  </si>
+  <si>
+    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/940/indicacao_111-2025.pdf</t>
+  </si>
+  <si>
+    <t>Solicita a realização de ações para implementação do Programa de Regularização Fundiária Urbana — REURB no município de Urucuia/MG.</t>
+  </si>
+  <si>
+    <t>941</t>
+  </si>
+  <si>
+    <t>114</t>
+  </si>
+  <si>
+    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/941/indicacao_114-2025.pdf</t>
+  </si>
+  <si>
+    <t>Solicita ao Poder Executivo o envio de Projeto de Lei que cria o Fundo Municipal de Esportes no Município de Urucuia/MG.</t>
+  </si>
+  <si>
+    <t>957</t>
+  </si>
+  <si>
+    <t>115</t>
+  </si>
+  <si>
+    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/957/indicacao_115.pdf</t>
+  </si>
+  <si>
+    <t>Calçamento das vias públicas iniciando na Rua Domingos Álvares, em direção ao Bairro Riachinho, contemplando as Ruas A, C, D e E.</t>
+  </si>
+  <si>
+    <t>958</t>
+  </si>
+  <si>
+    <t>116</t>
+  </si>
+  <si>
+    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/958/indicacao_116.pdf</t>
+  </si>
+  <si>
+    <t>Solicita a doação de um lote para construção de um galpão da Central das Associações, conforme autorização da Lei Municipal nº 68/1993.</t>
+  </si>
+  <si>
+    <t>959</t>
+  </si>
+  <si>
+    <t>117</t>
+  </si>
+  <si>
+    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/959/indicacao_117.pdf</t>
+  </si>
+  <si>
+    <t>Solicita a instalação de portais de entrada nos distritos de Bonito, Vereda Grande e Santa Cruz, semelhantes ao portal existente na entrada principal da cidade de Urucuia/MG.</t>
+  </si>
+  <si>
+    <t>960</t>
+  </si>
+  <si>
+    <t>118</t>
+  </si>
+  <si>
+    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/960/indicacao_118.pdf</t>
+  </si>
+  <si>
+    <t>Aquisição de ambulância 4x4 para a Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>961</t>
+  </si>
+  <si>
+    <t>119</t>
+  </si>
+  <si>
+    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/961/indicacao_119.pdf</t>
+  </si>
+  <si>
+    <t>Criação da Guarda Mirim no Município de Urucuia/MG.</t>
+  </si>
+  <si>
     <t>792</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/792/projeto_de_decreto_legislativo_001-2025.pdf</t>
   </si>
   <si>
     <t>APROVA AS CONTAS DA PREFEITURA MUNICIPAL DE URUCUIA-MG, REFERENTE AO EXERCÍCIO DE 2021, NOS TERMOS DO PARECER PRÉVIO DO TRIBUNAL DE CONTAS DO ESTADO DE MINAS GERAIS.</t>
   </si>
   <si>
     <t>798</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Executivo - Ex</t>
   </si>
   <si>
     <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/798/projeto_de_lei_complementar_-_restabelece_contagem_tempo_de_sersvico_1_assinado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a contagem de tempo para aquisição de direitos e vantagens no período compreendido entre 28 de maio de 2020 e 31 de dezembro de 2021.</t>
   </si>
   <si>
     <t>904</t>
   </si>
   <si>
     <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/904/projeto_de_lei_complementar_02-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o novo Código de posturas do Município de Urucuia/MG e dá outras providências.</t>
+  </si>
+  <si>
+    <t>943</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/943/projeto_de_lei_complementar_no_11.pdf</t>
+  </si>
+  <si>
+    <t>Atualiza e substitui a Lei nº 470/2010, que cria o Fundo Municipal de Habitação de Interesse Social – FHIS e institui o seu Conselho Gestor, adequando-o às diretrizes da Lei Federal nº 11.124/2005 e do Sistema Nacional de Habitação de Interesse Social – SNHIS.</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>JOSÉ AILSON DANTAS QUEIROZ</t>
   </si>
   <si>
     <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/742/projeto_de_lei_n_01_-_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reestruturação do quadro de pessoal do Município de Urucuia, criando cargos de provimento efeito e em comissão, bem como_x000D_
 modifica os requisitos para investidura no cargo de DIRETOR DO CRAS, e substitui todos os anexos da Lei n°833, de 04 de julho de 2024.</t>
   </si>
   <si>
     <t>743</t>
   </si>
   <si>
     <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/743/projeto_de_lei_02_-_2025.pdf</t>
@@ -1511,53 +1712,50 @@
     <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/771/projeto_de_lei_008_-_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização do Município de Urucuia a celebrar convênio para fins de execução do Programa Alô Minas!, e firmar contrato de Comodato para Cessão de uso de bem imóvel para a empresa TELEFONICA BRASIL S/A e/ou TERRA NETWORKS BRASIL S/A e/ou TELEFONICA INFRAESTRUTURA E SEGURANÇA LTDA</t>
   </si>
   <si>
     <t>772</t>
   </si>
   <si>
     <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/772/pl_modifica_nome_logradouro_1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da denominação do logradouro público Rodovia MG 202, dentro do perímetro Urbano da Cidade de Urucuia.</t>
   </si>
   <si>
     <t>773</t>
   </si>
   <si>
     <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/773/projeto_de_lei_ordinaria_-_010_-_2025.pdf</t>
   </si>
   <si>
     <t>Modifica a Lei Municipal nº 654, de 21 de julho de 2018, para reestruturar o Programa Urucuia Educação Integral 100%, e dá outras providências.</t>
   </si>
   <si>
     <t>774</t>
-  </si>
-[...1 lines deleted...]
-    <t>11</t>
   </si>
   <si>
     <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/774/projeto_de_lei_-_modifica_valor_gratificacao_da_comissao_de_licitacao_assinado.pdf</t>
   </si>
   <si>
     <t>Altera o art. 5º da Lei Municipal nº 818, de 15 de março de 2024, que regulamenta a aplicação da Lei 14.133/21, e dá outras providências.</t>
   </si>
   <si>
     <t>775</t>
   </si>
   <si>
     <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/775/projeto_de_lei_012-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revogação do Programa Municipal das Escolas Cívico-Militares na Rede Pública de Ensino do Município de Urucuia.</t>
   </si>
   <si>
     <t>776</t>
   </si>
   <si>
     <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/776/projeto_de_resolucao_n_0042025.pdf</t>
   </si>
   <si>
     <t>Altera o vencimento do cargo de Conselheiro Tutelar e dá outras providências.”</t>
   </si>
@@ -1824,53 +2022,102 @@
     <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/919/projeto_de_lei_042_-_jose_weber.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública a entidade que menciona e dá outras providências.</t>
   </si>
   <si>
     <t>928</t>
   </si>
   <si>
     <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/928/oficio_-_pl_43_-_anexos.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 580, de 23 de junho de 2015,_x000D_
 que “Aprova o Plano Municipal de Educação – PME e dá_x000D_
 outras providências”, prorrogando sua vigência até 31 de_x000D_
 dezembro de 2025, com efeitos retroativos a 23 de junho_x000D_
 de 2024, e dá outras providências.</t>
   </si>
   <si>
     <t>929</t>
   </si>
   <si>
     <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/929/projeto_de_lei_45_anexos.pdf</t>
   </si>
   <si>
-    <t>Institui o Plano Municipal pela Primeira Infância do_x000D_
-[...1 lines deleted...]
-2035, e dá outras providências.</t>
+    <t>Institui o Plano Municipal pela Primeira Infância do Município de Urucuia/MG, com vigência de 2025 a 2035, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>930</t>
+  </si>
+  <si>
+    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/930/projeto_de_lei_046-2025.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo a promover leilão público para alienação de veículos, máquinas e sucatas inservíveis de propriedade do Município de Urucuia/MG, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>942</t>
+  </si>
+  <si>
+    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/942/projeto_de_lei_047-25.pdf</t>
+  </si>
+  <si>
+    <t>Declara de interesse comum e de preservação permanente a espécie do baruzeiro (Dipteryx alata Vogel) no Município de Urucuia, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>963</t>
+  </si>
+  <si>
+    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/963/projeto_de_lei_no_48_-_programa_minha_casa_minha_vida_-_terrenos_1.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo a desenvolver ações e adotar_x000D_
+contrapartida municipal, para implementação do_x000D_
+Programa Minha Casa, Minha Vida – MCMV Cidades,_x000D_
+modalidade Terrenos, nos termos da Lei nº 11.977/2009,_x000D_
+da Lei nº 14.620/2023, da Portaria MCID nº 1.295/2023_x000D_
+e demais normas do Ministério das Cidades, e dá outras_x000D_
+providências.</t>
+  </si>
+  <si>
+    <t>964</t>
+  </si>
+  <si>
+    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/964/pl_492025_merged_1.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre alteração percentual da LOA no orçamento vigente e contém outras providências.</t>
+  </si>
+  <si>
+    <t>966</t>
+  </si>
+  <si>
+    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/966/pl_502025_052025.pdf</t>
+  </si>
+  <si>
+    <t>PL 50/2025</t>
   </si>
   <si>
     <t>747</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/747/projeto_de_resolucao_001_-_2025.pdf</t>
   </si>
   <si>
     <t>Institui e disciplina a concessão, o controle e a realização de suprimentos de fundos, institui o regime de adiantamento para despesas de pronto_x000D_
 pagamento, e dá outras providências.</t>
   </si>
   <si>
     <t>746</t>
   </si>
   <si>
     <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/746/pprojeto_de_resolucao_n_002-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração na Resolução n° 001/2016 da Câmara Municipal de Urucuia e dá outras providências.</t>
@@ -1879,50 +2126,59 @@
     <t>814</t>
   </si>
   <si>
     <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/814/projeto_de_resolucao_003_-_2025.pdf</t>
   </si>
   <si>
     <t>Altera o art. 150 do Regimento Interno da Câmara Municipal de Urucuia/MG, que dispõe sobre o horário das sessões ordinárias.</t>
   </si>
   <si>
     <t>816</t>
   </si>
   <si>
     <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/816/projeto_de_resolucao_n_004-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Regulamentação do comparecimento dos Vereadores as reuniões ordinárias, extraordinárias e de Comissões.</t>
   </si>
   <si>
     <t>817</t>
   </si>
   <si>
     <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/817/projeto_de_resolucao_n._005-2025.pdf</t>
   </si>
   <si>
     <t>Regulamenta o Programa Parlamento Jovem no âmbito da Câmara Municipal de Urucuia-MG e dá outras providências.</t>
+  </si>
+  <si>
+    <t>935</t>
+  </si>
+  <si>
+    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/935/projeto_de_resolucao_006-2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a prestação, compensação e pagamento de serviço extraordinário no âmbito da Câmara Municipal de Urucuia-MG, e dá outras providências.</t>
   </si>
   <si>
     <t>764</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/764/requerimento_-_001_-_2025.pdf</t>
   </si>
   <si>
     <t>0 Vereador que este subscreve, ouvida a casa no prazo regimental, vem requerer do Prefeito Municipal, Sr. José Ailson Dantas Queiroz, a possibilidade de cascalhamento na estrada da Santa Cruz, Riacho, Barreirinho e Sabão.</t>
   </si>
   <si>
     <t>765</t>
   </si>
   <si>
     <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/765/requerimento_-_002-2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, ouvida a casa no prazo regimental, vem requerer do Prefeito Municipal, Sr. José Ailson Dantas Queiroz, a possibilidade reconstruir a ponte do córrego Sabão.</t>
   </si>
@@ -2210,50 +2466,59 @@
   <si>
     <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/913/requerimento_027.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre o funcionamento da Subprefeitura localizada na sede do Distrito de Vereda Grande, atualmente instalada no antigo prédio do Posto de Saúde (PFS).</t>
   </si>
   <si>
     <t>914</t>
   </si>
   <si>
     <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/914/requerimento_028.pdf</t>
   </si>
   <si>
     <t>Requer a realização em caráter de urgência, de procedimento licitatório destinado à contratação de empresa especializada na emissão do Perfil Profissiográfico Previdenciário (PPP), com vistas à regularização da aposentadoria especial dos servidores da área da Saúde e da Educação do Município.</t>
   </si>
   <si>
     <t>926</t>
   </si>
   <si>
     <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/926/requerimento_29_-_jose_weber.pdf</t>
   </si>
   <si>
     <t>Solicita providências quanto à execução de paradas de ônibus (baias) ao longo da rodovia MG-402.</t>
   </si>
   <si>
+    <t>962</t>
+  </si>
+  <si>
+    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/962/requerimento_31.pdf</t>
+  </si>
+  <si>
+    <t>Adoção de providências necessárias para adesão e implementação da Carteira Nacional de Docente no Brasil (CNDB) para os profissionais da rede municipal de ensino, conforme dispõe a Lei Federal nº 15.202, de 11 de setembro de 2025.</t>
+  </si>
+  <si>
     <t>745</t>
   </si>
   <si>
     <t>PLS</t>
   </si>
   <si>
     <t>Projeto  de Lei Ordinária Substitutivo</t>
   </si>
   <si>
     <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/745/projeto_de_lei_001-2025_correto.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reestruturação do do quadro de pessoal do Municipio de Urucuia, criando cargos de provimento efeito e em comissionado, bem como_x000D_
 modifica os requisitos para investidura no cargo de DIRETOR DO CRAS, e substitui todos os anexos da Lei nº 833, de 04 de julho de 2024.</t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
     <t>OF</t>
   </si>
   <si>
     <t>Ofício</t>
   </si>
   <si>
@@ -2432,76 +2697,196 @@
   <si>
     <t>EMENDA MODIFICATIVA N° 003 DE 2025 — AO PROJETO DE LEI N° 001 DE 31_x000D_
 DE JANEIRO DE 2025._x000D_
 Altere-se o artigo 2° do Projeto de Lei n° 001 de 03 de fevereiro de_x000D_
 2025, onde faz constar dos requisitos para investidura no Cargo de Monitores_x000D_
 Disciplinar:</t>
   </si>
   <si>
     <t>751</t>
   </si>
   <si>
     <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/751/emenda_004-2025.pdf</t>
   </si>
   <si>
     <t>Altere-se o artigo 3° do Projeto de Lei n° 001 de 03 de fevereiro de_x000D_
 2025, onde excluir:_x000D_
 Art. 3° Art. 3° - Ficam criados, no quadro de cargos de provimento_x000D_
 comissionado do Município de Urucuia (MG), as seguintes vagas de_x000D_
 cargos já existentes: 02 (duas) vagas de Assistente Judiciário; 22_x000D_
 (vinte e duas) vagas de Chefe de Divisão: 01 (uma) vaga de_x000D_
 Controlador Interno; 01 (uma) vaga de Diretor Escolar, 01 (uma) vaga_x000D_
 de Secretário de Gabinete: 01 (uma) vaga de Coordenador de_x000D_
 Finanças.</t>
   </si>
   <si>
+    <t>944</t>
+  </si>
+  <si>
+    <t>CLJR - Comissão de Finanças, Orçamento e Tomada de Contas/2025</t>
+  </si>
+  <si>
+    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/944/emenda_modificativa_no_005_de_2025.docx</t>
+  </si>
+  <si>
+    <t>“ALTERA OS ANEXOS DA LEI DE DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO DE 2026”.</t>
+  </si>
+  <si>
+    <t>948</t>
+  </si>
+  <si>
+    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/948/emenda_modificativa_no_006_de_2025.docx</t>
+  </si>
+  <si>
+    <t>ALTERA AS METAS E PRIORIDADES ESTABELECIDAS NO PLANO PLURIANUAL PARA O PERÍODO DE 2026 A 2029.</t>
+  </si>
+  <si>
+    <t>952</t>
+  </si>
+  <si>
+    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/952/emenda_modificativa_no_007_de_2025.docx</t>
+  </si>
+  <si>
+    <t>Altera os incisos II, III e IV do artigo 3º do Projeto de Lei nº 38, de 01 de outubro de 2025, que “Estima a receita e fixa a despesa do Município para o exercício financeiro de 2026 e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>953</t>
+  </si>
+  <si>
+    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/953/emenda_modificativa_no_008_de_2025.docx</t>
+  </si>
+  <si>
+    <t>ALTERA AS RECEITAS E METAS PROGRAMÁTICAS DO PROJETO DE LEI Nº 38/2025 QUE ESTIMA A RECEITA E FIXA A DESPESA PARA O EXERCÍCIO DE 2026.</t>
+  </si>
+  <si>
     <t>818</t>
   </si>
   <si>
     <t>EA</t>
   </si>
   <si>
     <t>Emenda Aditiva</t>
   </si>
   <si>
     <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/818/emenda_aditiva_n_001_de_2025_-_projeto_de_lei_n_007_de_07_de_marco.pdf</t>
   </si>
   <si>
     <t>Acrescente-se §3°. no artigo 4° do Projeto de Lei n° 007, de 07 de março de 2025._x000D_
 O artigo 4° do Projeto de Lei n° 007, de 07 de março de 2025, passa a vigora acrescido do parágrafo §3° com a seguinte redação:_x000D_
 Art. 4° [. .]_x000D_
 §3° - Fica dispensado a cobrança da taxa prevista no artigo 3° desta Lei á Associação de Pais e Amigos dos Excepcionais - APAE, demais entidades sem fins lucrativos, pessoas em tratamento oncológico, renal e beneficiários do bolsa família.</t>
   </si>
   <si>
     <t>864</t>
   </si>
   <si>
     <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/864/emenda_aditiva_n_001-2025.pdf</t>
   </si>
   <si>
     <t>EMENDA ADITIVA Nº 001 DE 2025 - PROJETO DE LEI Nº 021 DE 14 DE_x000D_
 ABRIL DE 2025.</t>
+  </si>
+  <si>
+    <t>945</t>
+  </si>
+  <si>
+    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/945/emenda_aditiva_no_003.docx</t>
+  </si>
+  <si>
+    <t>ACRESCENTA DISPOSITIVO AO PROJETO DE LEI Nº 36/2025, QUE “DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA DE 2026”, A FIM DE INCLUIR O PROGRAMA BRASIL AGROECOLÓGICO ENTRE AS PRIORIDADES E METAS DA ADMINISTRAÇÃO MUNICIPAL.</t>
+  </si>
+  <si>
+    <t>946</t>
+  </si>
+  <si>
+    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/946/emenda_aditiva_no_004.docx</t>
+  </si>
+  <si>
+    <t>ACRESCE AÇÃO ORÇAMENTÁRIA ESPECÍFICA NA LEI DE DIRETRIZES ORÇAMENTÁRIAS DE 2026, DESTINADA À EXECUÇÃO DO PROGRAMA MUNICIPAL DE PROMOÇÃO DOS DIREITOS E DA CIDADANIA LGBTQIAPN+.</t>
+  </si>
+  <si>
+    <t>947</t>
+  </si>
+  <si>
+    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/947/emenda_aditiva_no_005.docx</t>
+  </si>
+  <si>
+    <t>ACRESCENTA DISPOSITIVO À LEI DE DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO DE 2026, A FIM DE INCLUIR A POLÍTICA NACIONAL DE SAÚDE INTEGRAL DA POPULAÇÃO NEGRA ENTRE AS PRIORIDADES E METAS DA ADMINISTRAÇÃO MUNICIPAL.</t>
+  </si>
+  <si>
+    <t>949</t>
+  </si>
+  <si>
+    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/949/emenda_aditiva_no_006.docx</t>
+  </si>
+  <si>
+    <t>ACRESCENTA DISPOSITIVO AO ART. 11 DO PROJETO DE LEI Nº 37/2025, QUE “DISPÕE SOBRE O PLANO PLURIANUAL PARA O PERÍODO DE 2026 A 2029”, PARA INCLUIR A IMPLEMENTAÇÃO DA POLÍTICA NACIONAL DE SAÚDE INTEGRAL DA POPULAÇÃO NEGRA NO ÂMBITO DO PLANEJAMENTO MUNICIPAL.</t>
+  </si>
+  <si>
+    <t>950</t>
+  </si>
+  <si>
+    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/950/emenda_aditiva_no_007.docx</t>
+  </si>
+  <si>
+    <t>ACRESCENTA DISPOSITIVO AO ART. 11 E AOS ANEXOS DO PROJETO DE LEI Nº 37/2025, PARA INCLUSÃO DO PROGRAMA BRASIL AGROECOLÓGICO NO PLANO PLURIANUAL 2026–2029.</t>
+  </si>
+  <si>
+    <t>951</t>
+  </si>
+  <si>
+    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/951/emenda_aditiva_no_008.docx</t>
+  </si>
+  <si>
+    <t>ACRESCENTA AÇÃO ORÇAMENTÁRIA E INSTITUI O PROGRAMA MUNICIPAL DE PROMOÇÃO DOS DIREITOS E DA CIDADANIA LGBTQIAPN+ NO PLANO PLURIANUAL 2026–2029.</t>
+  </si>
+  <si>
+    <t>954</t>
+  </si>
+  <si>
+    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/954/emenda_aditiva_no_009.docx</t>
+  </si>
+  <si>
+    <t>ACRESCENTA AÇÃO ORÇAMENTÁRIA ESPECÍFICA NA LEI ORÇAMENTÁRIA ANUAL DE 2026 DESTINADA À EXECUÇÃO DA POLÍTICA NACIONAL DE SAÚDE INTEGRAL DA POPULAÇÃO NEGRA.</t>
+  </si>
+  <si>
+    <t>955</t>
+  </si>
+  <si>
+    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/955/emenda_aditiva_no_010.docx</t>
+  </si>
+  <si>
+    <t>ACRESCENTA AÇÃO ORÇAMENTÁRIA ESPECÍFICA NA LEI ORÇAMENTÁRIA ANUAL DE 2026 DESTINADA À EXECUÇÃO DO PROGRAMA BRASIL AGROECOLÓGICO.</t>
+  </si>
+  <si>
+    <t>956</t>
+  </si>
+  <si>
+    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/956/emenda_aditiva_no_011.docx</t>
+  </si>
+  <si>
+    <t>ACRESCENTA AÇÃO ORÇAMENTÁRIA ESPECÍFICA NA LEI ORÇAMENTÁRIA ANUAL DE 2026 DESTINADA À EXECUÇÃO DO PROGRAMA MUNICIPAL DE PROMOÇÃO DOS DIREITOS E DA CIDADANIA LGBTQIAPN+.</t>
   </si>
   <si>
     <t>927</t>
   </si>
   <si>
     <t>REQE</t>
   </si>
   <si>
     <t>Requerimento Externo</t>
   </si>
   <si>
     <t>Gleison Lisboa de Resende</t>
   </si>
   <si>
     <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/927/requerimento_licenca_cargo_vice-prefeito-gleison_28129_assinado.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO DE LICENÇA DO CARGO ELETIVO, GLEISON LISBOA DE REZENDE.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
@@ -2823,56 +3208,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/755/indicacao_-_001_-_2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/756/indicacao_-_002_-_2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/757/indicacao_-_003_-_2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/758/indicacao_-_004_-_2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/759/indicacao_-_005_-_2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/760/indicacao_-_006_-_2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/761/indicacao_-_007_-_2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/762/indicacao_-_008_-_2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/763/indicacao_-_009_-_2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/780/indicacao_n_010-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/781/indicacao_012-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/782/indicacao_013_-2025-.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/800/indicacao_-_014_-_2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/783/indicacao_015-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/801/indicacao_-_016_-_2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/784/indicacao_017-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/785/indicacao_018-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/786/indicacao_019-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/787/indicacao_020-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/788/indicacao_021-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/789/indicacao_022_-_2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/790/indicacao_023-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/791/indicacao_024-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/797/indicacao_025-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/805/indicacao_no027-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/804/indicacao_028_-_2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/802/indicacao_-_no_030_-_2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/803/indicacao_-_no_31_-_2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/844/projeto_de_indicacao_jose_do_parto_e_ronaldo_-.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/806/indicacao_no033-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/813/indicacao_de_lei_034_-_2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/812/projeto_de_lei_035_-_2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/807/projeto_d_lei_036_-_2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/820/indicacao_n_037-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/821/indicacao_n_038-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/822/indicacao_n_039-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/825/indicacao_n_040-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/826/indicacao_n_041-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/827/indicacao_n_042-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/828/indicacao_n_043-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/829/indicacao_n_044-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/830/indicacao_n_045-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/831/indicacao_n_046-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/832/indicacao_n_047-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/833/indicacao_n_048-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/834/indicacao_n_049-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/835/indicacao_n_050-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/836/indicacao_n_051-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/837/indicacao_n_052-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/838/indicacao_n_053-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/839/indicacao_n_054-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/848/indicacao_055_-_2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/849/indicao_056_-_2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/854/indicacao_n_058-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/855/indicacao_n_059_-_2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/856/indicacao_n_060_-_2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/857/indicacao_n_061_-_2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/859/indicacao_n_063-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/870/indicacao_n_065-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/871/indicacao_n_066-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/868/indicacao_n_067-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/869/indicacao_n_068-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/872/indicacao_n_069-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/873/indicacao_no_070_-_2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/876/indicacao_n_071-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/877/indicacao_n_072-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/878/indicacao_n_073-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/879/indicacao_n_074-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/880/indicacao_n_075-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/881/indicacao_n_076-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/882/indicacao_n_077-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/883/indicacao_n_078-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/884/indicacao_n_079-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/885/indicacao_n_080-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/888/indicacao_081-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/889/indicacao_082-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/890/indicacao_083-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/891/indicacao_084-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/892/indicacao_085-2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/893/indicacao_086-2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/894/indicacao_087-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/895/indicacao_088-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/896/indicacao_089-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/901/indicacao__090_geraldo_e_outros.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/902/indicacao__091_geraldo.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/909/indicacao_092..pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/910/indicacao_093.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/911/indicacao_094.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/920/indicacao__095_-_albanita.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/921/indicacao__096_-_ze_do_parto.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/922/indicacao_097_-_netao_do_povo.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/923/indicacao_098_-_netao_do_povo.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/924/indicacao__099_-_geraldoze_do_parto.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/925/indicacao__100_geraldo.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/792/projeto_de_decreto_legislativo_001-2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/798/projeto_de_lei_complementar_-_restabelece_contagem_tempo_de_sersvico_1_assinado.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/904/projeto_de_lei_complementar_02-2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/742/projeto_de_lei_n_01_-_2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/743/projeto_de_lei_02_-_2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/744/projeto_de_lei_n03_-_2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/752/projeto_de_lei_004_-_2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/754/projeto_de_lei_005_-_2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/753/projeto_de_lei_006_-_2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/770/projeto_de_lei_007_-_2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/771/projeto_de_lei_008_-_2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/772/pl_modifica_nome_logradouro_1.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/773/projeto_de_lei_ordinaria_-_010_-_2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/774/projeto_de_lei_-_modifica_valor_gratificacao_da_comissao_de_licitacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/775/projeto_de_lei_012-2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/776/projeto_de_resolucao_n_0042025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/777/pl_recomposicao_da_aprendizagem_-_com_anexo__-_assinado.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/793/projeto_de_lei_015-2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/799/projeto_de_lei_016-2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/808/projeto_de_lei_017_-_2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/809/projeto_de_lei_0018_-_2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/810/projeto_de_lei_019_-_2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/811/projeto_de_lei_020_-_2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/815/projeto_de_lei_021-2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/840/projeto_de_lei_n_023-2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/846/pl_24__-_protocolo_intencoes_cisalp_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/852/projeto_de_lei_025-2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/853/projeto_de_lei_026-2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/865/pl_27_-_loa_assinado_1-.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/866/projeto_de_lei_no_028.2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/867/projeto_de_lei_029-2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/874/projeto_de_lei_n_30_de_12_de_agosto_de_2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/875/projeto_de_lei_n_31_de_12_de_agosto_de_2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/886/projeto_de_lei_n_32_de_25_de_agosto_de_2025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/887/projeto_de_lei_n_33-2025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/900/projeto_de_lei_034-2025_-.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/905/projeto_de_lei_035-2025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/906/alteracao_ldo_completa_2025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/907/ppa_completo_2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/908/loa_completa_2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/915/projeto_de_lei_no_39.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/917/projeto_de_lei_40_de_2025_1.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/918/projeto_de_lei_41_1.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/919/projeto_de_lei_042_-_jose_weber.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/928/oficio_-_pl_43_-_anexos.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/929/projeto_de_lei_45_anexos.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/747/projeto_de_resolucao_001_-_2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/746/pprojeto_de_resolucao_n_002-2025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/814/projeto_de_resolucao_003_-_2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/816/projeto_de_resolucao_n_004-2025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/817/projeto_de_resolucao_n._005-2025.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/764/requerimento_-_001_-_2025.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/765/requerimento_-_002-2025.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/766/requerimento_-_003-2025.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/767/requerimento_-_004_-_2025.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/768/requerimento_-_005_-_2025.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/769/requerimento_-006_-_2025.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/794/requerimento_008-2025.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/795/requerimento_009_-_2025.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/796/requerimento_010-2025.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/824/requerimento_n011-2025.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/823/requerimento_n_012-2025.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/845/requerimento_013_-_2025.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/841/requerimento_n_014-2025.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/842/requerimento_n_015-2025.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/843/requerimento_n_0162025.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/851/requerimento_017_-_2025.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/860/requerimento_n_019-2025.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/861/requerimento_n_020-2025.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/862/requerimento_n_021_-_2025.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/897/requerimento_022-2025.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/898/requerimento_023-2025.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/899/requerimento_024-2025.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/903/requerimento_025_-_ze_do_parto_e_outros.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/912/requerimento_026.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/913/requerimento_027.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/914/requerimento_028.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/926/requerimento_29_-_jose_weber.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/745/projeto_de_lei_001-2025_correto.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/727/oficio_n001-2025.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2026/728/oficio_n002-2025.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/729/oficio_n003-2025.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/730/oficio_n004-_2025.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/726/oficio_n005_-_2025.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/732/oficio_n006_-_2025.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/733/oficio_n007-2025.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/734/oficio_n008-2025.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/735/oficio_n009-2025.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/736/oficio_n010-2025.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/737/oficio_n011-2025.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/731/oficio_n_012-2025.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/741/oficio_n_023_-_2025.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/778/justificativa_pl_1.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/779/oficio_envio_pl_recomposicao_da_apredizagem_-_assinado_oficio_93.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/748/emenda_modificativa_no_001_de_2025_-_projeto_de_resolucao_no_001_de_31_de_janeiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/749/emenda_002-2025.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/750/emenda_modificativa_n_003_de_2025__ao___projeto_de_lei_n_001_de_31_de_janeiro_de_2025..pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/751/emenda_004-2025.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/818/emenda_aditiva_n_001_de_2025_-_projeto_de_lei_n_007_de_07_de_marco.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/864/emenda_aditiva_n_001-2025.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/927/requerimento_licenca_cargo_vice-prefeito-gleison_28129_assinado.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/755/indicacao_-_001_-_2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/756/indicacao_-_002_-_2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/757/indicacao_-_003_-_2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/758/indicacao_-_004_-_2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/759/indicacao_-_005_-_2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/760/indicacao_-_006_-_2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/761/indicacao_-_007_-_2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/762/indicacao_-_008_-_2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/763/indicacao_-_009_-_2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/780/indicacao_n_010-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/781/indicacao_012-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/782/indicacao_013_-2025-.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/800/indicacao_-_014_-_2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/783/indicacao_015-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/801/indicacao_-_016_-_2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/784/indicacao_017-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/785/indicacao_018-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/786/indicacao_019-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/787/indicacao_020-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/788/indicacao_021-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/789/indicacao_022_-_2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/790/indicacao_023-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/791/indicacao_024-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/797/indicacao_025-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/805/indicacao_no027-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/804/indicacao_028_-_2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/802/indicacao_-_no_030_-_2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/803/indicacao_-_no_31_-_2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/844/projeto_de_indicacao_jose_do_parto_e_ronaldo_-.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/806/indicacao_no033-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/813/indicacao_de_lei_034_-_2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/812/projeto_de_lei_035_-_2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/807/projeto_d_lei_036_-_2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/820/indicacao_n_037-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/821/indicacao_n_038-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/822/indicacao_n_039-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/825/indicacao_n_040-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/826/indicacao_n_041-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/827/indicacao_n_042-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/828/indicacao_n_043-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/829/indicacao_n_044-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/830/indicacao_n_045-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/831/indicacao_n_046-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/832/indicacao_n_047-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/833/indicacao_n_048-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/834/indicacao_n_049-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/835/indicacao_n_050-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/836/indicacao_n_051-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/837/indicacao_n_052-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/838/indicacao_n_053-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/839/indicacao_n_054-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/848/indicacao_055_-_2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/849/indicao_056_-_2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/854/indicacao_n_058-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/855/indicacao_n_059_-_2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/856/indicacao_n_060_-_2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/857/indicacao_n_061_-_2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/859/indicacao_n_063-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/870/indicacao_n_065-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/871/indicacao_n_066-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/868/indicacao_n_067-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/869/indicacao_n_068-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/872/indicacao_n_069-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/873/indicacao_no_070_-_2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/876/indicacao_n_071-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/877/indicacao_n_072-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/878/indicacao_n_073-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/879/indicacao_n_074-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/880/indicacao_n_075-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/881/indicacao_n_076-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/882/indicacao_n_077-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/883/indicacao_n_078-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/884/indicacao_n_079-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/885/indicacao_n_080-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/888/indicacao_081-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/889/indicacao_082-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/890/indicacao_083-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/891/indicacao_084-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/892/indicacao_085-2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/893/indicacao_086-2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/894/indicacao_087-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/895/indicacao_088-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/896/indicacao_089-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/901/indicacao__090_geraldo_e_outros.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/902/indicacao__091_geraldo.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/909/indicacao_092..pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/910/indicacao_093.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/911/indicacao_094.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/920/indicacao__095_-_albanita.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/921/indicacao__096_-_ze_do_parto.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/922/indicacao_097_-_netao_do_povo.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/923/indicacao_098_-_netao_do_povo.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/924/indicacao__099_-_geraldoze_do_parto.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/925/indicacao__100_geraldo.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/931/indicacao_101.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/932/indicacao_102.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/933/indicacao_104-2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/934/indicacao_105-2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/936/indicacao_106-2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/937/indicacao_107-2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/938/indicacao_108-2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/939/indicacao_109-2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/940/indicacao_111-2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/941/indicacao_114-2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/957/indicacao_115.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/958/indicacao_116.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/959/indicacao_117.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/960/indicacao_118.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/961/indicacao_119.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/792/projeto_de_decreto_legislativo_001-2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/798/projeto_de_lei_complementar_-_restabelece_contagem_tempo_de_sersvico_1_assinado.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/904/projeto_de_lei_complementar_02-2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/943/projeto_de_lei_complementar_no_11.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/742/projeto_de_lei_n_01_-_2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/743/projeto_de_lei_02_-_2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/744/projeto_de_lei_n03_-_2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/752/projeto_de_lei_004_-_2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/754/projeto_de_lei_005_-_2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/753/projeto_de_lei_006_-_2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/770/projeto_de_lei_007_-_2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/771/projeto_de_lei_008_-_2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/772/pl_modifica_nome_logradouro_1.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/773/projeto_de_lei_ordinaria_-_010_-_2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/774/projeto_de_lei_-_modifica_valor_gratificacao_da_comissao_de_licitacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/775/projeto_de_lei_012-2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/776/projeto_de_resolucao_n_0042025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/777/pl_recomposicao_da_aprendizagem_-_com_anexo__-_assinado.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/793/projeto_de_lei_015-2025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/799/projeto_de_lei_016-2025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/808/projeto_de_lei_017_-_2025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/809/projeto_de_lei_0018_-_2025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/810/projeto_de_lei_019_-_2025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/811/projeto_de_lei_020_-_2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/815/projeto_de_lei_021-2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/840/projeto_de_lei_n_023-2025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/846/pl_24__-_protocolo_intencoes_cisalp_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/852/projeto_de_lei_025-2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/853/projeto_de_lei_026-2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/865/pl_27_-_loa_assinado_1-.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/866/projeto_de_lei_no_028.2025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/867/projeto_de_lei_029-2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/874/projeto_de_lei_n_30_de_12_de_agosto_de_2025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/875/projeto_de_lei_n_31_de_12_de_agosto_de_2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/886/projeto_de_lei_n_32_de_25_de_agosto_de_2025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/887/projeto_de_lei_n_33-2025.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/900/projeto_de_lei_034-2025_-.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/905/projeto_de_lei_035-2025.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/906/alteracao_ldo_completa_2025.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/907/ppa_completo_2025.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/908/loa_completa_2025.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/915/projeto_de_lei_no_39.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/917/projeto_de_lei_40_de_2025_1.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/918/projeto_de_lei_41_1.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/919/projeto_de_lei_042_-_jose_weber.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/928/oficio_-_pl_43_-_anexos.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/929/projeto_de_lei_45_anexos.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/930/projeto_de_lei_046-2025.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/942/projeto_de_lei_047-25.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/963/projeto_de_lei_no_48_-_programa_minha_casa_minha_vida_-_terrenos_1.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/964/pl_492025_merged_1.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/966/pl_502025_052025.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/747/projeto_de_resolucao_001_-_2025.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/746/pprojeto_de_resolucao_n_002-2025.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/814/projeto_de_resolucao_003_-_2025.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/816/projeto_de_resolucao_n_004-2025.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/817/projeto_de_resolucao_n._005-2025.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/935/projeto_de_resolucao_006-2025.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/764/requerimento_-_001_-_2025.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/765/requerimento_-_002-2025.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/766/requerimento_-_003-2025.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/767/requerimento_-_004_-_2025.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/768/requerimento_-_005_-_2025.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/769/requerimento_-006_-_2025.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/794/requerimento_008-2025.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/795/requerimento_009_-_2025.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/796/requerimento_010-2025.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/824/requerimento_n011-2025.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/823/requerimento_n_012-2025.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/845/requerimento_013_-_2025.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/841/requerimento_n_014-2025.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/842/requerimento_n_015-2025.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/843/requerimento_n_0162025.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/851/requerimento_017_-_2025.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/860/requerimento_n_019-2025.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/861/requerimento_n_020-2025.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/862/requerimento_n_021_-_2025.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/897/requerimento_022-2025.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/898/requerimento_023-2025.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/899/requerimento_024-2025.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/903/requerimento_025_-_ze_do_parto_e_outros.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/912/requerimento_026.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/913/requerimento_027.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/914/requerimento_028.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/926/requerimento_29_-_jose_weber.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/962/requerimento_31.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/745/projeto_de_lei_001-2025_correto.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/727/oficio_n001-2025.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2026/728/oficio_n002-2025.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/729/oficio_n003-2025.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/730/oficio_n004-_2025.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/726/oficio_n005_-_2025.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/732/oficio_n006_-_2025.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/733/oficio_n007-2025.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/734/oficio_n008-2025.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/735/oficio_n009-2025.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/736/oficio_n010-2025.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/737/oficio_n011-2025.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/731/oficio_n_012-2025.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/741/oficio_n_023_-_2025.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/778/justificativa_pl_1.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/779/oficio_envio_pl_recomposicao_da_apredizagem_-_assinado_oficio_93.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/748/emenda_modificativa_no_001_de_2025_-_projeto_de_resolucao_no_001_de_31_de_janeiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/749/emenda_002-2025.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/750/emenda_modificativa_n_003_de_2025__ao___projeto_de_lei_n_001_de_31_de_janeiro_de_2025..pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/751/emenda_004-2025.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/944/emenda_modificativa_no_005_de_2025.docx" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/948/emenda_modificativa_no_006_de_2025.docx" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/952/emenda_modificativa_no_007_de_2025.docx" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/953/emenda_modificativa_no_008_de_2025.docx" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/818/emenda_aditiva_n_001_de_2025_-_projeto_de_lei_n_007_de_07_de_marco.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/864/emenda_aditiva_n_001-2025.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/945/emenda_aditiva_no_003.docx" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/946/emenda_aditiva_no_004.docx" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/947/emenda_aditiva_no_005.docx" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/949/emenda_aditiva_no_006.docx" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/950/emenda_aditiva_no_007.docx" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/951/emenda_aditiva_no_008.docx" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/954/emenda_aditiva_no_009.docx" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/955/emenda_aditiva_no_010.docx" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/956/emenda_aditiva_no_011.docx" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/927/requerimento_licenca_cargo_vice-prefeito-gleison_28129_assinado.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H199"/>
+  <dimension ref="A1:H235"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="126.5703125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="164" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -5382,2657 +5767,3593 @@
       </c>
       <c r="D98" t="s">
         <v>11</v>
       </c>
       <c r="E98" t="s">
         <v>12</v>
       </c>
       <c r="F98" t="s">
         <v>76</v>
       </c>
       <c r="G98" s="1" t="s">
         <v>411</v>
       </c>
       <c r="H98" t="s">
         <v>412</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
         <v>413</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>10</v>
+        <v>414</v>
       </c>
       <c r="D99" t="s">
-        <v>414</v>
+        <v>11</v>
       </c>
       <c r="E99" t="s">
+        <v>12</v>
+      </c>
+      <c r="F99" t="s">
+        <v>52</v>
+      </c>
+      <c r="G99" s="1" t="s">
         <v>415</v>
       </c>
-      <c r="F99" t="s">
-[...2 lines deleted...]
-      <c r="G99" s="1" t="s">
+      <c r="H99" t="s">
         <v>416</v>
-      </c>
-[...1 lines deleted...]
-        <v>417</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
+        <v>417</v>
+      </c>
+      <c r="B100" t="s">
+        <v>9</v>
+      </c>
+      <c r="C100" t="s">
         <v>418</v>
       </c>
-      <c r="B100" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D100" t="s">
+        <v>11</v>
+      </c>
+      <c r="E100" t="s">
+        <v>12</v>
+      </c>
+      <c r="F100" t="s">
+        <v>76</v>
+      </c>
+      <c r="G100" s="1" t="s">
         <v>419</v>
       </c>
-      <c r="E100" t="s">
+      <c r="H100" t="s">
         <v>420</v>
-      </c>
-[...7 lines deleted...]
-        <v>423</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
+        <v>421</v>
+      </c>
+      <c r="B101" t="s">
+        <v>9</v>
+      </c>
+      <c r="C101" t="s">
+        <v>422</v>
+      </c>
+      <c r="D101" t="s">
+        <v>11</v>
+      </c>
+      <c r="E101" t="s">
+        <v>12</v>
+      </c>
+      <c r="F101" t="s">
+        <v>423</v>
+      </c>
+      <c r="G101" s="1" t="s">
         <v>424</v>
       </c>
-      <c r="B101" t="s">
-[...14 lines deleted...]
-      <c r="G101" s="1" t="s">
+      <c r="H101" t="s">
         <v>425</v>
-      </c>
-[...1 lines deleted...]
-        <v>426</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
+        <v>426</v>
+      </c>
+      <c r="B102" t="s">
+        <v>9</v>
+      </c>
+      <c r="C102" t="s">
         <v>427</v>
       </c>
-      <c r="B102" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D102" t="s">
+        <v>11</v>
+      </c>
+      <c r="E102" t="s">
+        <v>12</v>
+      </c>
+      <c r="F102" t="s">
+        <v>13</v>
+      </c>
+      <c r="G102" s="1" t="s">
         <v>428</v>
       </c>
-      <c r="E102" t="s">
+      <c r="H102" t="s">
         <v>429</v>
-      </c>
-[...7 lines deleted...]
-        <v>432</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
+        <v>430</v>
+      </c>
+      <c r="B103" t="s">
+        <v>9</v>
+      </c>
+      <c r="C103" t="s">
+        <v>431</v>
+      </c>
+      <c r="D103" t="s">
+        <v>11</v>
+      </c>
+      <c r="E103" t="s">
+        <v>12</v>
+      </c>
+      <c r="F103" t="s">
+        <v>432</v>
+      </c>
+      <c r="G103" s="1" t="s">
         <v>433</v>
       </c>
-      <c r="B103" t="s">
-[...14 lines deleted...]
-      <c r="G103" s="1" t="s">
+      <c r="H103" t="s">
         <v>434</v>
-      </c>
-[...1 lines deleted...]
-        <v>435</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
+        <v>435</v>
+      </c>
+      <c r="B104" t="s">
+        <v>9</v>
+      </c>
+      <c r="C104" t="s">
         <v>436</v>
       </c>
-      <c r="B104" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D104" t="s">
-        <v>428</v>
+        <v>11</v>
       </c>
       <c r="E104" t="s">
-        <v>429</v>
+        <v>12</v>
       </c>
       <c r="F104" t="s">
-        <v>430</v>
+        <v>18</v>
       </c>
       <c r="G104" s="1" t="s">
         <v>437</v>
       </c>
       <c r="H104" t="s">
         <v>438</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
         <v>439</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>26</v>
+        <v>440</v>
       </c>
       <c r="D105" t="s">
-        <v>428</v>
+        <v>11</v>
       </c>
       <c r="E105" t="s">
-        <v>429</v>
+        <v>12</v>
       </c>
       <c r="F105" t="s">
-        <v>421</v>
+        <v>76</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="H105" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>30</v>
+        <v>444</v>
       </c>
       <c r="D106" t="s">
-        <v>428</v>
+        <v>11</v>
       </c>
       <c r="E106" t="s">
-        <v>429</v>
+        <v>12</v>
       </c>
       <c r="F106" t="s">
-        <v>13</v>
+        <v>445</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>443</v>
+        <v>446</v>
       </c>
       <c r="H106" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>445</v>
+        <v>448</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>34</v>
+        <v>449</v>
       </c>
       <c r="D107" t="s">
-        <v>428</v>
+        <v>11</v>
       </c>
       <c r="E107" t="s">
-        <v>429</v>
+        <v>12</v>
       </c>
       <c r="F107" t="s">
-        <v>102</v>
+        <v>71</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>446</v>
+        <v>450</v>
       </c>
       <c r="H107" t="s">
-        <v>447</v>
+        <v>451</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>448</v>
+        <v>452</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>39</v>
+        <v>453</v>
       </c>
       <c r="D108" t="s">
-        <v>428</v>
+        <v>11</v>
       </c>
       <c r="E108" t="s">
-        <v>429</v>
+        <v>12</v>
       </c>
       <c r="F108" t="s">
-        <v>421</v>
+        <v>71</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>449</v>
+        <v>454</v>
       </c>
       <c r="H108" t="s">
-        <v>450</v>
+        <v>455</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>43</v>
+        <v>457</v>
       </c>
       <c r="D109" t="s">
-        <v>428</v>
+        <v>11</v>
       </c>
       <c r="E109" t="s">
-        <v>429</v>
+        <v>12</v>
       </c>
       <c r="F109" t="s">
-        <v>421</v>
+        <v>89</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>452</v>
+        <v>458</v>
       </c>
       <c r="H109" t="s">
-        <v>453</v>
+        <v>459</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>454</v>
+        <v>460</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>47</v>
+        <v>461</v>
       </c>
       <c r="D110" t="s">
-        <v>428</v>
+        <v>11</v>
       </c>
       <c r="E110" t="s">
-        <v>429</v>
+        <v>12</v>
       </c>
       <c r="F110" t="s">
-        <v>421</v>
+        <v>76</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>455</v>
+        <v>462</v>
       </c>
       <c r="H110" t="s">
-        <v>456</v>
+        <v>463</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>457</v>
+        <v>464</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>51</v>
+        <v>465</v>
       </c>
       <c r="D111" t="s">
-        <v>428</v>
+        <v>11</v>
       </c>
       <c r="E111" t="s">
-        <v>429</v>
+        <v>12</v>
       </c>
       <c r="F111" t="s">
-        <v>421</v>
+        <v>35</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>458</v>
+        <v>466</v>
       </c>
       <c r="H111" t="s">
-        <v>459</v>
+        <v>467</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>460</v>
+        <v>468</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>461</v>
+        <v>469</v>
       </c>
       <c r="D112" t="s">
-        <v>428</v>
+        <v>11</v>
       </c>
       <c r="E112" t="s">
-        <v>429</v>
+        <v>12</v>
       </c>
       <c r="F112" t="s">
-        <v>421</v>
+        <v>18</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>462</v>
+        <v>470</v>
       </c>
       <c r="H112" t="s">
-        <v>463</v>
+        <v>471</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>464</v>
+        <v>472</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>56</v>
+        <v>473</v>
       </c>
       <c r="D113" t="s">
-        <v>428</v>
+        <v>11</v>
       </c>
       <c r="E113" t="s">
-        <v>429</v>
+        <v>12</v>
       </c>
       <c r="F113" t="s">
-        <v>421</v>
+        <v>13</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>465</v>
+        <v>474</v>
       </c>
       <c r="H113" t="s">
-        <v>466</v>
+        <v>475</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>467</v>
+        <v>476</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>61</v>
+        <v>10</v>
       </c>
       <c r="D114" t="s">
-        <v>428</v>
+        <v>477</v>
       </c>
       <c r="E114" t="s">
-        <v>429</v>
+        <v>478</v>
       </c>
       <c r="F114" t="s">
-        <v>421</v>
+        <v>71</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>468</v>
+        <v>479</v>
       </c>
       <c r="H114" t="s">
-        <v>469</v>
+        <v>480</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>470</v>
+        <v>481</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>66</v>
+        <v>10</v>
       </c>
       <c r="D115" t="s">
-        <v>428</v>
+        <v>482</v>
       </c>
       <c r="E115" t="s">
-        <v>429</v>
+        <v>483</v>
       </c>
       <c r="F115" t="s">
-        <v>421</v>
+        <v>484</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>471</v>
+        <v>485</v>
       </c>
       <c r="H115" t="s">
-        <v>472</v>
+        <v>486</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>473</v>
+        <v>487</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>70</v>
+        <v>17</v>
       </c>
       <c r="D116" t="s">
-        <v>428</v>
+        <v>482</v>
       </c>
       <c r="E116" t="s">
-        <v>429</v>
+        <v>483</v>
       </c>
       <c r="F116" t="s">
-        <v>13</v>
+        <v>484</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>474</v>
+        <v>488</v>
       </c>
       <c r="H116" t="s">
-        <v>475</v>
+        <v>489</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>476</v>
+        <v>490</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>75</v>
+        <v>491</v>
       </c>
       <c r="D117" t="s">
-        <v>428</v>
+        <v>482</v>
       </c>
       <c r="E117" t="s">
-        <v>429</v>
+        <v>483</v>
       </c>
       <c r="F117" t="s">
-        <v>421</v>
+        <v>484</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>477</v>
+        <v>492</v>
       </c>
       <c r="H117" t="s">
-        <v>478</v>
+        <v>493</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>479</v>
+        <v>494</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>80</v>
+        <v>10</v>
       </c>
       <c r="D118" t="s">
-        <v>428</v>
+        <v>495</v>
       </c>
       <c r="E118" t="s">
-        <v>429</v>
+        <v>496</v>
       </c>
       <c r="F118" t="s">
-        <v>480</v>
+        <v>497</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>481</v>
+        <v>498</v>
       </c>
       <c r="H118" t="s">
-        <v>482</v>
+        <v>499</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>483</v>
+        <v>500</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>84</v>
+        <v>17</v>
       </c>
       <c r="D119" t="s">
-        <v>428</v>
+        <v>495</v>
       </c>
       <c r="E119" t="s">
-        <v>429</v>
+        <v>496</v>
       </c>
       <c r="F119" t="s">
-        <v>480</v>
+        <v>497</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>484</v>
+        <v>501</v>
       </c>
       <c r="H119" t="s">
-        <v>485</v>
+        <v>502</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>486</v>
+        <v>503</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>88</v>
+        <v>22</v>
       </c>
       <c r="D120" t="s">
-        <v>428</v>
+        <v>495</v>
       </c>
       <c r="E120" t="s">
-        <v>429</v>
+        <v>496</v>
       </c>
       <c r="F120" t="s">
-        <v>480</v>
+        <v>497</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>487</v>
+        <v>504</v>
       </c>
       <c r="H120" t="s">
-        <v>488</v>
+        <v>505</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>489</v>
+        <v>506</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>93</v>
+        <v>26</v>
       </c>
       <c r="D121" t="s">
-        <v>428</v>
+        <v>495</v>
       </c>
       <c r="E121" t="s">
-        <v>429</v>
+        <v>496</v>
       </c>
       <c r="F121" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>490</v>
+        <v>507</v>
       </c>
       <c r="H121" t="s">
-        <v>491</v>
+        <v>508</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>492</v>
+        <v>509</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>97</v>
+        <v>30</v>
       </c>
       <c r="D122" t="s">
-        <v>428</v>
+        <v>495</v>
       </c>
       <c r="E122" t="s">
-        <v>429</v>
+        <v>496</v>
       </c>
       <c r="F122" t="s">
-        <v>421</v>
+        <v>13</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>493</v>
+        <v>510</v>
       </c>
       <c r="H122" t="s">
-        <v>494</v>
+        <v>511</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
+        <v>512</v>
+      </c>
+      <c r="B123" t="s">
+        <v>9</v>
+      </c>
+      <c r="C123" t="s">
+        <v>34</v>
+      </c>
+      <c r="D123" t="s">
         <v>495</v>
       </c>
-      <c r="B123" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E123" t="s">
-        <v>429</v>
+        <v>496</v>
       </c>
       <c r="F123" t="s">
-        <v>18</v>
+        <v>102</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>496</v>
+        <v>513</v>
       </c>
       <c r="H123" t="s">
-        <v>497</v>
+        <v>514</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>498</v>
+        <v>515</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>111</v>
+        <v>39</v>
       </c>
       <c r="D124" t="s">
-        <v>428</v>
+        <v>495</v>
       </c>
       <c r="E124" t="s">
-        <v>429</v>
+        <v>496</v>
       </c>
       <c r="F124" t="s">
-        <v>421</v>
+        <v>484</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>499</v>
+        <v>516</v>
       </c>
       <c r="H124" t="s">
-        <v>500</v>
+        <v>517</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>501</v>
+        <v>518</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>115</v>
+        <v>43</v>
       </c>
       <c r="D125" t="s">
-        <v>428</v>
+        <v>495</v>
       </c>
       <c r="E125" t="s">
-        <v>429</v>
+        <v>496</v>
       </c>
       <c r="F125" t="s">
-        <v>421</v>
+        <v>484</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>502</v>
+        <v>519</v>
       </c>
       <c r="H125" t="s">
-        <v>503</v>
+        <v>520</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>504</v>
+        <v>521</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>505</v>
+        <v>47</v>
       </c>
       <c r="D126" t="s">
-        <v>428</v>
+        <v>495</v>
       </c>
       <c r="E126" t="s">
-        <v>429</v>
+        <v>496</v>
       </c>
       <c r="F126" t="s">
-        <v>421</v>
+        <v>484</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>506</v>
+        <v>522</v>
       </c>
       <c r="H126" t="s">
-        <v>507</v>
+        <v>523</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>508</v>
+        <v>524</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>119</v>
+        <v>51</v>
       </c>
       <c r="D127" t="s">
-        <v>428</v>
+        <v>495</v>
       </c>
       <c r="E127" t="s">
-        <v>429</v>
+        <v>496</v>
       </c>
       <c r="F127" t="s">
-        <v>421</v>
+        <v>484</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>509</v>
+        <v>525</v>
       </c>
       <c r="H127" t="s">
-        <v>510</v>
+        <v>526</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>511</v>
+        <v>527</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>123</v>
+        <v>491</v>
       </c>
       <c r="D128" t="s">
-        <v>428</v>
+        <v>495</v>
       </c>
       <c r="E128" t="s">
-        <v>429</v>
+        <v>496</v>
       </c>
       <c r="F128" t="s">
-        <v>421</v>
+        <v>484</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>512</v>
+        <v>528</v>
       </c>
       <c r="H128" t="s">
-        <v>507</v>
+        <v>529</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>513</v>
+        <v>530</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>514</v>
+        <v>56</v>
       </c>
       <c r="D129" t="s">
-        <v>428</v>
+        <v>495</v>
       </c>
       <c r="E129" t="s">
-        <v>429</v>
+        <v>496</v>
       </c>
       <c r="F129" t="s">
-        <v>430</v>
+        <v>484</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>515</v>
+        <v>531</v>
       </c>
       <c r="H129" t="s">
-        <v>516</v>
+        <v>532</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>517</v>
+        <v>533</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>127</v>
+        <v>61</v>
       </c>
       <c r="D130" t="s">
-        <v>428</v>
+        <v>495</v>
       </c>
       <c r="E130" t="s">
-        <v>429</v>
+        <v>496</v>
       </c>
       <c r="F130" t="s">
-        <v>430</v>
+        <v>484</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>518</v>
+        <v>534</v>
       </c>
       <c r="H130" t="s">
-        <v>519</v>
+        <v>535</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>520</v>
+        <v>536</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>131</v>
+        <v>66</v>
       </c>
       <c r="D131" t="s">
-        <v>428</v>
+        <v>495</v>
       </c>
       <c r="E131" t="s">
-        <v>429</v>
+        <v>496</v>
       </c>
       <c r="F131" t="s">
-        <v>430</v>
+        <v>484</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>521</v>
+        <v>537</v>
       </c>
       <c r="H131" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>523</v>
+        <v>539</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>135</v>
+        <v>70</v>
       </c>
       <c r="D132" t="s">
-        <v>428</v>
+        <v>495</v>
       </c>
       <c r="E132" t="s">
-        <v>429</v>
+        <v>496</v>
       </c>
       <c r="F132" t="s">
-        <v>430</v>
+        <v>13</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>524</v>
+        <v>540</v>
       </c>
       <c r="H132" t="s">
-        <v>525</v>
+        <v>541</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>526</v>
+        <v>542</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>139</v>
+        <v>75</v>
       </c>
       <c r="D133" t="s">
-        <v>428</v>
+        <v>495</v>
       </c>
       <c r="E133" t="s">
-        <v>429</v>
+        <v>496</v>
       </c>
       <c r="F133" t="s">
-        <v>430</v>
+        <v>484</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>527</v>
+        <v>543</v>
       </c>
       <c r="H133" t="s">
-        <v>528</v>
+        <v>544</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>529</v>
+        <v>545</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>143</v>
+        <v>80</v>
       </c>
       <c r="D134" t="s">
-        <v>428</v>
+        <v>495</v>
       </c>
       <c r="E134" t="s">
-        <v>429</v>
+        <v>496</v>
       </c>
       <c r="F134" t="s">
-        <v>18</v>
+        <v>546</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>530</v>
+        <v>547</v>
       </c>
       <c r="H134" t="s">
-        <v>531</v>
+        <v>548</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>532</v>
+        <v>549</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>147</v>
+        <v>84</v>
       </c>
       <c r="D135" t="s">
-        <v>428</v>
+        <v>495</v>
       </c>
       <c r="E135" t="s">
-        <v>429</v>
+        <v>496</v>
       </c>
       <c r="F135" t="s">
-        <v>480</v>
+        <v>546</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>533</v>
+        <v>550</v>
       </c>
       <c r="H135" t="s">
-        <v>534</v>
+        <v>551</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>535</v>
+        <v>552</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>151</v>
+        <v>88</v>
       </c>
       <c r="D136" t="s">
-        <v>428</v>
+        <v>495</v>
       </c>
       <c r="E136" t="s">
-        <v>429</v>
+        <v>496</v>
       </c>
       <c r="F136" t="s">
-        <v>421</v>
+        <v>546</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>536</v>
+        <v>553</v>
       </c>
       <c r="H136" t="s">
-        <v>537</v>
+        <v>554</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>538</v>
+        <v>555</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>155</v>
+        <v>93</v>
       </c>
       <c r="D137" t="s">
-        <v>428</v>
+        <v>495</v>
       </c>
       <c r="E137" t="s">
-        <v>429</v>
+        <v>496</v>
       </c>
       <c r="F137" t="s">
-        <v>421</v>
+        <v>546</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>539</v>
+        <v>556</v>
       </c>
       <c r="H137" t="s">
-        <v>540</v>
+        <v>557</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>541</v>
+        <v>558</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>159</v>
+        <v>97</v>
       </c>
       <c r="D138" t="s">
-        <v>428</v>
+        <v>495</v>
       </c>
       <c r="E138" t="s">
-        <v>429</v>
+        <v>496</v>
       </c>
       <c r="F138" t="s">
-        <v>421</v>
+        <v>484</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>542</v>
+        <v>559</v>
       </c>
       <c r="H138" t="s">
-        <v>543</v>
+        <v>560</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>544</v>
+        <v>561</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>163</v>
+        <v>106</v>
       </c>
       <c r="D139" t="s">
-        <v>428</v>
+        <v>495</v>
       </c>
       <c r="E139" t="s">
-        <v>429</v>
+        <v>496</v>
       </c>
       <c r="F139" t="s">
-        <v>430</v>
+        <v>18</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>545</v>
+        <v>562</v>
       </c>
       <c r="H139" t="s">
-        <v>546</v>
+        <v>563</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>547</v>
+        <v>564</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>167</v>
+        <v>111</v>
       </c>
       <c r="D140" t="s">
-        <v>428</v>
+        <v>495</v>
       </c>
       <c r="E140" t="s">
-        <v>429</v>
+        <v>496</v>
       </c>
       <c r="F140" t="s">
-        <v>430</v>
+        <v>484</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>548</v>
+        <v>565</v>
       </c>
       <c r="H140" t="s">
-        <v>549</v>
+        <v>566</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>550</v>
+        <v>567</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>172</v>
+        <v>115</v>
       </c>
       <c r="D141" t="s">
-        <v>428</v>
+        <v>495</v>
       </c>
       <c r="E141" t="s">
-        <v>429</v>
+        <v>496</v>
       </c>
       <c r="F141" t="s">
-        <v>421</v>
+        <v>484</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>551</v>
+        <v>568</v>
       </c>
       <c r="H141" t="s">
-        <v>552</v>
+        <v>569</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>553</v>
+        <v>570</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>177</v>
+        <v>571</v>
       </c>
       <c r="D142" t="s">
-        <v>428</v>
+        <v>495</v>
       </c>
       <c r="E142" t="s">
-        <v>429</v>
+        <v>496</v>
       </c>
       <c r="F142" t="s">
-        <v>102</v>
+        <v>484</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>554</v>
+        <v>572</v>
       </c>
       <c r="H142" t="s">
-        <v>555</v>
+        <v>573</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>556</v>
+        <v>574</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>181</v>
+        <v>119</v>
       </c>
       <c r="D143" t="s">
-        <v>428</v>
+        <v>495</v>
       </c>
       <c r="E143" t="s">
-        <v>429</v>
+        <v>496</v>
       </c>
       <c r="F143" t="s">
-        <v>421</v>
+        <v>484</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>557</v>
+        <v>575</v>
       </c>
       <c r="H143" t="s">
-        <v>558</v>
+        <v>576</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>559</v>
+        <v>577</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>185</v>
+        <v>123</v>
       </c>
       <c r="D144" t="s">
-        <v>428</v>
+        <v>495</v>
       </c>
       <c r="E144" t="s">
-        <v>429</v>
+        <v>496</v>
       </c>
       <c r="F144" t="s">
-        <v>421</v>
+        <v>484</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>560</v>
+        <v>578</v>
       </c>
       <c r="H144" t="s">
-        <v>561</v>
+        <v>573</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>562</v>
+        <v>579</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>10</v>
+        <v>580</v>
       </c>
       <c r="D145" t="s">
-        <v>563</v>
+        <v>495</v>
       </c>
       <c r="E145" t="s">
-        <v>564</v>
+        <v>496</v>
       </c>
       <c r="F145" t="s">
-        <v>480</v>
+        <v>497</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>565</v>
+        <v>581</v>
       </c>
       <c r="H145" t="s">
-        <v>566</v>
+        <v>582</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>567</v>
+        <v>583</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>17</v>
+        <v>127</v>
       </c>
       <c r="D146" t="s">
-        <v>563</v>
+        <v>495</v>
       </c>
       <c r="E146" t="s">
-        <v>564</v>
+        <v>496</v>
       </c>
       <c r="F146" t="s">
-        <v>18</v>
+        <v>497</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>568</v>
+        <v>584</v>
       </c>
       <c r="H146" t="s">
-        <v>569</v>
+        <v>585</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>570</v>
+        <v>586</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>22</v>
+        <v>131</v>
       </c>
       <c r="D147" t="s">
-        <v>563</v>
+        <v>495</v>
       </c>
       <c r="E147" t="s">
-        <v>564</v>
+        <v>496</v>
       </c>
       <c r="F147" t="s">
-        <v>480</v>
+        <v>497</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>571</v>
+        <v>587</v>
       </c>
       <c r="H147" t="s">
-        <v>572</v>
+        <v>588</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>573</v>
+        <v>589</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>26</v>
+        <v>135</v>
       </c>
       <c r="D148" t="s">
-        <v>563</v>
+        <v>495</v>
       </c>
       <c r="E148" t="s">
-        <v>564</v>
+        <v>496</v>
       </c>
       <c r="F148" t="s">
-        <v>480</v>
+        <v>497</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>574</v>
+        <v>590</v>
       </c>
       <c r="H148" t="s">
-        <v>575</v>
+        <v>591</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>576</v>
+        <v>592</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>30</v>
+        <v>139</v>
       </c>
       <c r="D149" t="s">
-        <v>563</v>
+        <v>495</v>
       </c>
       <c r="E149" t="s">
-        <v>564</v>
+        <v>496</v>
       </c>
       <c r="F149" t="s">
-        <v>480</v>
+        <v>497</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>577</v>
+        <v>593</v>
       </c>
       <c r="H149" t="s">
-        <v>578</v>
+        <v>594</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>579</v>
+        <v>595</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>10</v>
+        <v>143</v>
       </c>
       <c r="D150" t="s">
-        <v>580</v>
+        <v>495</v>
       </c>
       <c r="E150" t="s">
-        <v>581</v>
+        <v>496</v>
       </c>
       <c r="F150" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>582</v>
+        <v>596</v>
       </c>
       <c r="H150" t="s">
-        <v>583</v>
+        <v>597</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>584</v>
+        <v>598</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
-        <v>17</v>
+        <v>147</v>
       </c>
       <c r="D151" t="s">
-        <v>580</v>
+        <v>495</v>
       </c>
       <c r="E151" t="s">
-        <v>581</v>
+        <v>496</v>
       </c>
       <c r="F151" t="s">
-        <v>57</v>
+        <v>546</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>585</v>
+        <v>599</v>
       </c>
       <c r="H151" t="s">
-        <v>586</v>
+        <v>600</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>587</v>
+        <v>601</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>22</v>
+        <v>151</v>
       </c>
       <c r="D152" t="s">
-        <v>580</v>
+        <v>495</v>
       </c>
       <c r="E152" t="s">
-        <v>581</v>
+        <v>496</v>
       </c>
       <c r="F152" t="s">
-        <v>588</v>
+        <v>484</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>589</v>
+        <v>602</v>
       </c>
       <c r="H152" t="s">
-        <v>590</v>
+        <v>603</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>591</v>
+        <v>604</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
-        <v>26</v>
+        <v>155</v>
       </c>
       <c r="D153" t="s">
-        <v>580</v>
+        <v>495</v>
       </c>
       <c r="E153" t="s">
-        <v>581</v>
+        <v>496</v>
       </c>
       <c r="F153" t="s">
-        <v>592</v>
+        <v>484</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>593</v>
+        <v>605</v>
       </c>
       <c r="H153" t="s">
-        <v>594</v>
+        <v>606</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>595</v>
+        <v>607</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
-        <v>30</v>
+        <v>159</v>
       </c>
       <c r="D154" t="s">
-        <v>580</v>
+        <v>495</v>
       </c>
       <c r="E154" t="s">
-        <v>581</v>
+        <v>496</v>
       </c>
       <c r="F154" t="s">
-        <v>71</v>
+        <v>484</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>596</v>
+        <v>608</v>
       </c>
       <c r="H154" t="s">
-        <v>597</v>
+        <v>609</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>598</v>
+        <v>610</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
-        <v>34</v>
+        <v>163</v>
       </c>
       <c r="D155" t="s">
-        <v>580</v>
+        <v>495</v>
       </c>
       <c r="E155" t="s">
-        <v>581</v>
+        <v>496</v>
       </c>
       <c r="F155" t="s">
-        <v>71</v>
+        <v>497</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>599</v>
+        <v>611</v>
       </c>
       <c r="H155" t="s">
-        <v>600</v>
+        <v>612</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>601</v>
+        <v>613</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
-        <v>43</v>
+        <v>167</v>
       </c>
       <c r="D156" t="s">
-        <v>580</v>
+        <v>495</v>
       </c>
       <c r="E156" t="s">
-        <v>581</v>
+        <v>496</v>
       </c>
       <c r="F156" t="s">
-        <v>102</v>
+        <v>497</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>602</v>
+        <v>614</v>
       </c>
       <c r="H156" t="s">
-        <v>603</v>
+        <v>615</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>604</v>
+        <v>616</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
-        <v>47</v>
+        <v>172</v>
       </c>
       <c r="D157" t="s">
-        <v>580</v>
+        <v>495</v>
       </c>
       <c r="E157" t="s">
-        <v>581</v>
+        <v>496</v>
       </c>
       <c r="F157" t="s">
-        <v>18</v>
+        <v>484</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>605</v>
+        <v>617</v>
       </c>
       <c r="H157" t="s">
-        <v>606</v>
+        <v>618</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>607</v>
+        <v>619</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
-        <v>51</v>
+        <v>177</v>
       </c>
       <c r="D158" t="s">
-        <v>580</v>
+        <v>495</v>
       </c>
       <c r="E158" t="s">
-        <v>581</v>
+        <v>496</v>
       </c>
       <c r="F158" t="s">
-        <v>71</v>
+        <v>102</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>608</v>
+        <v>620</v>
       </c>
       <c r="H158" t="s">
-        <v>609</v>
+        <v>621</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>610</v>
+        <v>622</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
-        <v>461</v>
+        <v>181</v>
       </c>
       <c r="D159" t="s">
-        <v>580</v>
+        <v>495</v>
       </c>
       <c r="E159" t="s">
-        <v>581</v>
+        <v>496</v>
       </c>
       <c r="F159" t="s">
-        <v>35</v>
+        <v>484</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>611</v>
+        <v>623</v>
       </c>
       <c r="H159" t="s">
-        <v>612</v>
+        <v>624</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>613</v>
+        <v>625</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
-        <v>56</v>
+        <v>189</v>
       </c>
       <c r="D160" t="s">
-        <v>580</v>
+        <v>495</v>
       </c>
       <c r="E160" t="s">
-        <v>581</v>
+        <v>496</v>
       </c>
       <c r="F160" t="s">
-        <v>614</v>
+        <v>484</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>615</v>
+        <v>626</v>
       </c>
       <c r="H160" t="s">
-        <v>616</v>
+        <v>627</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>617</v>
+        <v>628</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
-        <v>61</v>
+        <v>193</v>
       </c>
       <c r="D161" t="s">
-        <v>580</v>
+        <v>495</v>
       </c>
       <c r="E161" t="s">
-        <v>581</v>
+        <v>496</v>
       </c>
       <c r="F161" t="s">
-        <v>614</v>
+        <v>484</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>618</v>
+        <v>629</v>
       </c>
       <c r="H161" t="s">
-        <v>619</v>
+        <v>630</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>620</v>
+        <v>631</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
-        <v>66</v>
+        <v>197</v>
       </c>
       <c r="D162" t="s">
-        <v>580</v>
+        <v>495</v>
       </c>
       <c r="E162" t="s">
-        <v>581</v>
+        <v>496</v>
       </c>
       <c r="F162" t="s">
-        <v>102</v>
+        <v>18</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>621</v>
+        <v>632</v>
       </c>
       <c r="H162" t="s">
-        <v>622</v>
+        <v>633</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>623</v>
+        <v>634</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
-        <v>70</v>
+        <v>202</v>
       </c>
       <c r="D163" t="s">
-        <v>580</v>
+        <v>495</v>
       </c>
       <c r="E163" t="s">
-        <v>581</v>
+        <v>496</v>
       </c>
       <c r="F163" t="s">
-        <v>588</v>
+        <v>484</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>624</v>
+        <v>635</v>
       </c>
       <c r="H163" t="s">
-        <v>625</v>
+        <v>636</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>626</v>
+        <v>637</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
-        <v>75</v>
+        <v>206</v>
       </c>
       <c r="D164" t="s">
-        <v>580</v>
+        <v>495</v>
       </c>
       <c r="E164" t="s">
-        <v>581</v>
+        <v>496</v>
       </c>
       <c r="F164" t="s">
-        <v>13</v>
+        <v>484</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>627</v>
+        <v>638</v>
       </c>
       <c r="H164" t="s">
-        <v>628</v>
+        <v>639</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>629</v>
+        <v>640</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
-        <v>80</v>
+        <v>210</v>
       </c>
       <c r="D165" t="s">
-        <v>580</v>
+        <v>495</v>
       </c>
       <c r="E165" t="s">
-        <v>581</v>
+        <v>496</v>
       </c>
       <c r="F165" t="s">
-        <v>18</v>
+        <v>484</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>630</v>
+        <v>641</v>
       </c>
       <c r="H165" t="s">
-        <v>241</v>
+        <v>642</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>631</v>
+        <v>643</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
-        <v>88</v>
+        <v>10</v>
       </c>
       <c r="D166" t="s">
-        <v>580</v>
+        <v>644</v>
       </c>
       <c r="E166" t="s">
-        <v>581</v>
+        <v>645</v>
       </c>
       <c r="F166" t="s">
-        <v>57</v>
+        <v>546</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>632</v>
+        <v>646</v>
       </c>
       <c r="H166" t="s">
-        <v>633</v>
+        <v>647</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>634</v>
+        <v>648</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
-        <v>93</v>
+        <v>17</v>
       </c>
       <c r="D167" t="s">
-        <v>580</v>
+        <v>644</v>
       </c>
       <c r="E167" t="s">
-        <v>581</v>
+        <v>645</v>
       </c>
       <c r="F167" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>635</v>
+        <v>649</v>
       </c>
       <c r="H167" t="s">
-        <v>636</v>
+        <v>650</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>637</v>
+        <v>651</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
-        <v>97</v>
+        <v>22</v>
       </c>
       <c r="D168" t="s">
-        <v>580</v>
+        <v>644</v>
       </c>
       <c r="E168" t="s">
-        <v>581</v>
+        <v>645</v>
       </c>
       <c r="F168" t="s">
-        <v>57</v>
+        <v>546</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>638</v>
+        <v>652</v>
       </c>
       <c r="H168" t="s">
-        <v>639</v>
+        <v>653</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
-        <v>640</v>
+        <v>654</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
-        <v>101</v>
+        <v>26</v>
       </c>
       <c r="D169" t="s">
-        <v>580</v>
+        <v>644</v>
       </c>
       <c r="E169" t="s">
-        <v>581</v>
+        <v>645</v>
       </c>
       <c r="F169" t="s">
-        <v>35</v>
+        <v>546</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>641</v>
+        <v>655</v>
       </c>
       <c r="H169" t="s">
-        <v>642</v>
+        <v>656</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>643</v>
+        <v>657</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
-        <v>106</v>
+        <v>30</v>
       </c>
       <c r="D170" t="s">
-        <v>580</v>
+        <v>644</v>
       </c>
       <c r="E170" t="s">
-        <v>581</v>
+        <v>645</v>
       </c>
       <c r="F170" t="s">
-        <v>57</v>
+        <v>546</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>644</v>
+        <v>658</v>
       </c>
       <c r="H170" t="s">
-        <v>645</v>
+        <v>659</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>646</v>
+        <v>660</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
-        <v>111</v>
+        <v>34</v>
       </c>
       <c r="D171" t="s">
-        <v>580</v>
+        <v>644</v>
       </c>
       <c r="E171" t="s">
-        <v>581</v>
+        <v>645</v>
       </c>
       <c r="F171" t="s">
-        <v>76</v>
+        <v>546</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>647</v>
+        <v>661</v>
       </c>
       <c r="H171" t="s">
-        <v>648</v>
+        <v>662</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>649</v>
+        <v>663</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
-        <v>115</v>
+        <v>10</v>
       </c>
       <c r="D172" t="s">
-        <v>580</v>
+        <v>664</v>
       </c>
       <c r="E172" t="s">
-        <v>581</v>
+        <v>665</v>
       </c>
       <c r="F172" t="s">
-        <v>650</v>
+        <v>57</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>651</v>
+        <v>666</v>
       </c>
       <c r="H172" t="s">
-        <v>652</v>
+        <v>667</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>653</v>
+        <v>668</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
-        <v>505</v>
+        <v>17</v>
       </c>
       <c r="D173" t="s">
-        <v>580</v>
+        <v>664</v>
       </c>
       <c r="E173" t="s">
-        <v>581</v>
+        <v>665</v>
       </c>
       <c r="F173" t="s">
-        <v>35</v>
+        <v>57</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>654</v>
+        <v>669</v>
       </c>
       <c r="H173" t="s">
-        <v>655</v>
+        <v>670</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>656</v>
+        <v>671</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
-        <v>119</v>
+        <v>22</v>
       </c>
       <c r="D174" t="s">
-        <v>580</v>
+        <v>664</v>
       </c>
       <c r="E174" t="s">
-        <v>581</v>
+        <v>665</v>
       </c>
       <c r="F174" t="s">
-        <v>657</v>
+        <v>672</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>658</v>
+        <v>673</v>
       </c>
       <c r="H174" t="s">
-        <v>659</v>
+        <v>674</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>660</v>
+        <v>675</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
-        <v>123</v>
+        <v>26</v>
       </c>
       <c r="D175" t="s">
-        <v>580</v>
+        <v>664</v>
       </c>
       <c r="E175" t="s">
-        <v>581</v>
+        <v>665</v>
       </c>
       <c r="F175" t="s">
-        <v>57</v>
+        <v>676</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>661</v>
+        <v>677</v>
       </c>
       <c r="H175" t="s">
-        <v>662</v>
+        <v>678</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>663</v>
+        <v>679</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
-        <v>514</v>
+        <v>30</v>
       </c>
       <c r="D176" t="s">
-        <v>580</v>
+        <v>664</v>
       </c>
       <c r="E176" t="s">
-        <v>581</v>
+        <v>665</v>
       </c>
       <c r="F176" t="s">
-        <v>102</v>
+        <v>71</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>664</v>
+        <v>680</v>
       </c>
       <c r="H176" t="s">
-        <v>665</v>
+        <v>681</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>666</v>
+        <v>682</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
-        <v>10</v>
+        <v>34</v>
       </c>
       <c r="D177" t="s">
-        <v>667</v>
+        <v>664</v>
       </c>
       <c r="E177" t="s">
-        <v>668</v>
+        <v>665</v>
       </c>
       <c r="F177" t="s">
-        <v>430</v>
+        <v>71</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>669</v>
+        <v>683</v>
       </c>
       <c r="H177" t="s">
-        <v>670</v>
+        <v>684</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>671</v>
+        <v>685</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
-        <v>10</v>
+        <v>43</v>
       </c>
       <c r="D178" t="s">
-        <v>672</v>
+        <v>664</v>
       </c>
       <c r="E178" t="s">
-        <v>673</v>
+        <v>665</v>
       </c>
       <c r="F178" t="s">
-        <v>18</v>
+        <v>102</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>674</v>
+        <v>686</v>
       </c>
       <c r="H178" t="s">
-        <v>675</v>
+        <v>687</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>676</v>
+        <v>688</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
-        <v>17</v>
+        <v>47</v>
       </c>
       <c r="D179" t="s">
-        <v>672</v>
+        <v>664</v>
       </c>
       <c r="E179" t="s">
-        <v>673</v>
+        <v>665</v>
       </c>
       <c r="F179" t="s">
         <v>18</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>677</v>
+        <v>689</v>
       </c>
       <c r="H179" t="s">
-        <v>678</v>
+        <v>690</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>679</v>
+        <v>691</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
-        <v>22</v>
+        <v>51</v>
       </c>
       <c r="D180" t="s">
-        <v>672</v>
+        <v>664</v>
       </c>
       <c r="E180" t="s">
-        <v>673</v>
+        <v>665</v>
       </c>
       <c r="F180" t="s">
-        <v>35</v>
+        <v>71</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>680</v>
+        <v>692</v>
       </c>
       <c r="H180" t="s">
-        <v>681</v>
+        <v>693</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>682</v>
+        <v>694</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
-        <v>26</v>
+        <v>491</v>
       </c>
       <c r="D181" t="s">
-        <v>672</v>
+        <v>664</v>
       </c>
       <c r="E181" t="s">
-        <v>673</v>
+        <v>665</v>
       </c>
       <c r="F181" t="s">
         <v>35</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>683</v>
+        <v>695</v>
       </c>
       <c r="H181" t="s">
-        <v>684</v>
+        <v>696</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
-        <v>685</v>
+        <v>697</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
-        <v>30</v>
+        <v>56</v>
       </c>
       <c r="D182" t="s">
-        <v>672</v>
+        <v>664</v>
       </c>
       <c r="E182" t="s">
-        <v>673</v>
+        <v>665</v>
       </c>
       <c r="F182" t="s">
-        <v>18</v>
+        <v>698</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>686</v>
+        <v>699</v>
       </c>
       <c r="H182" t="s">
-        <v>687</v>
+        <v>700</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>688</v>
+        <v>701</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
-        <v>34</v>
+        <v>61</v>
       </c>
       <c r="D183" t="s">
-        <v>672</v>
+        <v>664</v>
       </c>
       <c r="E183" t="s">
-        <v>673</v>
+        <v>665</v>
       </c>
       <c r="F183" t="s">
-        <v>35</v>
+        <v>698</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>689</v>
+        <v>702</v>
       </c>
       <c r="H183" t="s">
-        <v>690</v>
+        <v>703</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
-        <v>691</v>
+        <v>704</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
-        <v>39</v>
+        <v>66</v>
       </c>
       <c r="D184" t="s">
-        <v>672</v>
+        <v>664</v>
       </c>
       <c r="E184" t="s">
-        <v>673</v>
+        <v>665</v>
       </c>
       <c r="F184" t="s">
-        <v>35</v>
+        <v>102</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>692</v>
+        <v>705</v>
       </c>
       <c r="H184" t="s">
-        <v>693</v>
+        <v>706</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>694</v>
+        <v>707</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
-        <v>43</v>
+        <v>70</v>
       </c>
       <c r="D185" t="s">
+        <v>664</v>
+      </c>
+      <c r="E185" t="s">
+        <v>665</v>
+      </c>
+      <c r="F185" t="s">
         <v>672</v>
       </c>
-      <c r="E185" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G185" s="1" t="s">
-        <v>695</v>
+        <v>708</v>
       </c>
       <c r="H185" t="s">
-        <v>696</v>
+        <v>709</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>697</v>
+        <v>710</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
-        <v>47</v>
+        <v>75</v>
       </c>
       <c r="D186" t="s">
-        <v>672</v>
+        <v>664</v>
       </c>
       <c r="E186" t="s">
-        <v>673</v>
+        <v>665</v>
       </c>
       <c r="F186" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>698</v>
+        <v>711</v>
       </c>
       <c r="H186" t="s">
-        <v>699</v>
+        <v>712</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
-        <v>700</v>
+        <v>713</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
-        <v>51</v>
+        <v>80</v>
       </c>
       <c r="D187" t="s">
-        <v>672</v>
+        <v>664</v>
       </c>
       <c r="E187" t="s">
-        <v>673</v>
+        <v>665</v>
       </c>
       <c r="F187" t="s">
         <v>18</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>701</v>
+        <v>714</v>
       </c>
       <c r="H187" t="s">
-        <v>699</v>
+        <v>241</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
-        <v>702</v>
+        <v>715</v>
       </c>
       <c r="B188" t="s">
         <v>9</v>
       </c>
       <c r="C188" t="s">
-        <v>461</v>
+        <v>88</v>
       </c>
       <c r="D188" t="s">
-        <v>672</v>
+        <v>664</v>
       </c>
       <c r="E188" t="s">
-        <v>673</v>
+        <v>665</v>
       </c>
       <c r="F188" t="s">
-        <v>18</v>
+        <v>57</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>703</v>
+        <v>716</v>
       </c>
       <c r="H188" t="s">
-        <v>699</v>
+        <v>717</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
-        <v>704</v>
+        <v>718</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
-        <v>56</v>
+        <v>93</v>
       </c>
       <c r="D189" t="s">
-        <v>672</v>
+        <v>664</v>
       </c>
       <c r="E189" t="s">
-        <v>673</v>
+        <v>665</v>
       </c>
       <c r="F189" t="s">
-        <v>18</v>
+        <v>57</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>705</v>
+        <v>719</v>
       </c>
       <c r="H189" t="s">
-        <v>706</v>
+        <v>720</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
-        <v>707</v>
+        <v>721</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
-        <v>106</v>
+        <v>97</v>
       </c>
       <c r="D190" t="s">
-        <v>672</v>
+        <v>664</v>
       </c>
       <c r="E190" t="s">
-        <v>673</v>
+        <v>665</v>
+      </c>
+      <c r="F190" t="s">
+        <v>57</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>708</v>
+        <v>722</v>
       </c>
       <c r="H190" t="s">
-        <v>709</v>
+        <v>723</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
-        <v>710</v>
+        <v>724</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
-        <v>111</v>
+        <v>101</v>
       </c>
       <c r="D191" t="s">
-        <v>672</v>
+        <v>664</v>
       </c>
       <c r="E191" t="s">
-        <v>673</v>
+        <v>665</v>
       </c>
       <c r="F191" t="s">
-        <v>421</v>
+        <v>35</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>711</v>
+        <v>725</v>
       </c>
       <c r="H191" t="s">
-        <v>712</v>
+        <v>726</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
-        <v>713</v>
+        <v>727</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
-        <v>115</v>
+        <v>106</v>
       </c>
       <c r="D192" t="s">
-        <v>672</v>
+        <v>664</v>
       </c>
       <c r="E192" t="s">
-        <v>673</v>
+        <v>665</v>
       </c>
       <c r="F192" t="s">
-        <v>430</v>
+        <v>57</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>714</v>
+        <v>728</v>
       </c>
       <c r="H192" t="s">
-        <v>715</v>
+        <v>729</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
-        <v>716</v>
+        <v>730</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
-        <v>10</v>
+        <v>111</v>
       </c>
       <c r="D193" t="s">
-        <v>717</v>
+        <v>664</v>
       </c>
       <c r="E193" t="s">
-        <v>718</v>
+        <v>665</v>
       </c>
       <c r="F193" t="s">
-        <v>102</v>
+        <v>76</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>719</v>
+        <v>731</v>
       </c>
       <c r="H193" t="s">
-        <v>720</v>
+        <v>732</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
-        <v>721</v>
+        <v>733</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
-        <v>17</v>
+        <v>115</v>
       </c>
       <c r="D194" t="s">
-        <v>717</v>
+        <v>664</v>
       </c>
       <c r="E194" t="s">
-        <v>718</v>
+        <v>665</v>
+      </c>
+      <c r="F194" t="s">
+        <v>734</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>722</v>
+        <v>735</v>
       </c>
       <c r="H194" t="s">
-        <v>723</v>
+        <v>736</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
-        <v>724</v>
+        <v>737</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
-        <v>22</v>
+        <v>571</v>
       </c>
       <c r="D195" t="s">
-        <v>717</v>
+        <v>664</v>
       </c>
       <c r="E195" t="s">
-        <v>718</v>
+        <v>665</v>
+      </c>
+      <c r="F195" t="s">
+        <v>35</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>725</v>
+        <v>738</v>
       </c>
       <c r="H195" t="s">
-        <v>726</v>
+        <v>739</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
-        <v>727</v>
+        <v>740</v>
       </c>
       <c r="B196" t="s">
         <v>9</v>
       </c>
       <c r="C196" t="s">
-        <v>26</v>
+        <v>119</v>
       </c>
       <c r="D196" t="s">
-        <v>717</v>
+        <v>664</v>
       </c>
       <c r="E196" t="s">
-        <v>718</v>
+        <v>665</v>
       </c>
       <c r="F196" t="s">
-        <v>57</v>
+        <v>741</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>728</v>
+        <v>742</v>
       </c>
       <c r="H196" t="s">
-        <v>729</v>
+        <v>743</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
-        <v>730</v>
+        <v>744</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="C197" t="s">
-        <v>10</v>
+        <v>123</v>
       </c>
       <c r="D197" t="s">
-        <v>731</v>
+        <v>664</v>
       </c>
       <c r="E197" t="s">
-        <v>732</v>
+        <v>665</v>
       </c>
       <c r="F197" t="s">
-        <v>657</v>
+        <v>57</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>733</v>
+        <v>745</v>
       </c>
       <c r="H197" t="s">
-        <v>734</v>
+        <v>746</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
-        <v>735</v>
+        <v>747</v>
       </c>
       <c r="B198" t="s">
         <v>9</v>
       </c>
       <c r="C198" t="s">
-        <v>17</v>
+        <v>580</v>
       </c>
       <c r="D198" t="s">
-        <v>731</v>
+        <v>664</v>
       </c>
       <c r="E198" t="s">
-        <v>732</v>
+        <v>665</v>
       </c>
       <c r="F198" t="s">
-        <v>107</v>
+        <v>102</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>736</v>
+        <v>748</v>
       </c>
       <c r="H198" t="s">
-        <v>737</v>
+        <v>749</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
-        <v>738</v>
+        <v>750</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
+        <v>131</v>
+      </c>
+      <c r="D199" t="s">
+        <v>664</v>
+      </c>
+      <c r="E199" t="s">
+        <v>665</v>
+      </c>
+      <c r="F199" t="s">
+        <v>13</v>
+      </c>
+      <c r="G199" s="1" t="s">
+        <v>751</v>
+      </c>
+      <c r="H199" t="s">
+        <v>752</v>
+      </c>
+    </row>
+    <row r="200" spans="1:8">
+      <c r="A200" t="s">
+        <v>753</v>
+      </c>
+      <c r="B200" t="s">
+        <v>9</v>
+      </c>
+      <c r="C200" t="s">
         <v>10</v>
       </c>
-      <c r="D199" t="s">
-[...5 lines deleted...]
-      <c r="F199" t="s">
+      <c r="D200" t="s">
+        <v>754</v>
+      </c>
+      <c r="E200" t="s">
+        <v>755</v>
+      </c>
+      <c r="F200" t="s">
+        <v>497</v>
+      </c>
+      <c r="G200" s="1" t="s">
+        <v>756</v>
+      </c>
+      <c r="H200" t="s">
+        <v>757</v>
+      </c>
+    </row>
+    <row r="201" spans="1:8">
+      <c r="A201" t="s">
+        <v>758</v>
+      </c>
+      <c r="B201" t="s">
+        <v>9</v>
+      </c>
+      <c r="C201" t="s">
+        <v>10</v>
+      </c>
+      <c r="D201" t="s">
+        <v>759</v>
+      </c>
+      <c r="E201" t="s">
+        <v>760</v>
+      </c>
+      <c r="F201" t="s">
+        <v>18</v>
+      </c>
+      <c r="G201" s="1" t="s">
+        <v>761</v>
+      </c>
+      <c r="H201" t="s">
+        <v>762</v>
+      </c>
+    </row>
+    <row r="202" spans="1:8">
+      <c r="A202" t="s">
+        <v>763</v>
+      </c>
+      <c r="B202" t="s">
+        <v>9</v>
+      </c>
+      <c r="C202" t="s">
+        <v>17</v>
+      </c>
+      <c r="D202" t="s">
+        <v>759</v>
+      </c>
+      <c r="E202" t="s">
+        <v>760</v>
+      </c>
+      <c r="F202" t="s">
+        <v>18</v>
+      </c>
+      <c r="G202" s="1" t="s">
+        <v>764</v>
+      </c>
+      <c r="H202" t="s">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="203" spans="1:8">
+      <c r="A203" t="s">
+        <v>766</v>
+      </c>
+      <c r="B203" t="s">
+        <v>9</v>
+      </c>
+      <c r="C203" t="s">
+        <v>22</v>
+      </c>
+      <c r="D203" t="s">
+        <v>759</v>
+      </c>
+      <c r="E203" t="s">
+        <v>760</v>
+      </c>
+      <c r="F203" t="s">
+        <v>35</v>
+      </c>
+      <c r="G203" s="1" t="s">
+        <v>767</v>
+      </c>
+      <c r="H203" t="s">
+        <v>768</v>
+      </c>
+    </row>
+    <row r="204" spans="1:8">
+      <c r="A204" t="s">
+        <v>769</v>
+      </c>
+      <c r="B204" t="s">
+        <v>9</v>
+      </c>
+      <c r="C204" t="s">
+        <v>26</v>
+      </c>
+      <c r="D204" t="s">
+        <v>759</v>
+      </c>
+      <c r="E204" t="s">
+        <v>760</v>
+      </c>
+      <c r="F204" t="s">
+        <v>35</v>
+      </c>
+      <c r="G204" s="1" t="s">
+        <v>770</v>
+      </c>
+      <c r="H204" t="s">
+        <v>771</v>
+      </c>
+    </row>
+    <row r="205" spans="1:8">
+      <c r="A205" t="s">
+        <v>772</v>
+      </c>
+      <c r="B205" t="s">
+        <v>9</v>
+      </c>
+      <c r="C205" t="s">
+        <v>30</v>
+      </c>
+      <c r="D205" t="s">
+        <v>759</v>
+      </c>
+      <c r="E205" t="s">
+        <v>760</v>
+      </c>
+      <c r="F205" t="s">
+        <v>18</v>
+      </c>
+      <c r="G205" s="1" t="s">
+        <v>773</v>
+      </c>
+      <c r="H205" t="s">
+        <v>774</v>
+      </c>
+    </row>
+    <row r="206" spans="1:8">
+      <c r="A206" t="s">
+        <v>775</v>
+      </c>
+      <c r="B206" t="s">
+        <v>9</v>
+      </c>
+      <c r="C206" t="s">
+        <v>34</v>
+      </c>
+      <c r="D206" t="s">
+        <v>759</v>
+      </c>
+      <c r="E206" t="s">
+        <v>760</v>
+      </c>
+      <c r="F206" t="s">
+        <v>35</v>
+      </c>
+      <c r="G206" s="1" t="s">
+        <v>776</v>
+      </c>
+      <c r="H206" t="s">
+        <v>777</v>
+      </c>
+    </row>
+    <row r="207" spans="1:8">
+      <c r="A207" t="s">
+        <v>778</v>
+      </c>
+      <c r="B207" t="s">
+        <v>9</v>
+      </c>
+      <c r="C207" t="s">
+        <v>39</v>
+      </c>
+      <c r="D207" t="s">
+        <v>759</v>
+      </c>
+      <c r="E207" t="s">
+        <v>760</v>
+      </c>
+      <c r="F207" t="s">
+        <v>35</v>
+      </c>
+      <c r="G207" s="1" t="s">
+        <v>779</v>
+      </c>
+      <c r="H207" t="s">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="208" spans="1:8">
+      <c r="A208" t="s">
+        <v>781</v>
+      </c>
+      <c r="B208" t="s">
+        <v>9</v>
+      </c>
+      <c r="C208" t="s">
+        <v>43</v>
+      </c>
+      <c r="D208" t="s">
+        <v>759</v>
+      </c>
+      <c r="E208" t="s">
+        <v>760</v>
+      </c>
+      <c r="F208" t="s">
+        <v>35</v>
+      </c>
+      <c r="G208" s="1" t="s">
+        <v>782</v>
+      </c>
+      <c r="H208" t="s">
+        <v>783</v>
+      </c>
+    </row>
+    <row r="209" spans="1:8">
+      <c r="A209" t="s">
+        <v>784</v>
+      </c>
+      <c r="B209" t="s">
+        <v>9</v>
+      </c>
+      <c r="C209" t="s">
+        <v>47</v>
+      </c>
+      <c r="D209" t="s">
+        <v>759</v>
+      </c>
+      <c r="E209" t="s">
+        <v>760</v>
+      </c>
+      <c r="F209" t="s">
+        <v>18</v>
+      </c>
+      <c r="G209" s="1" t="s">
+        <v>785</v>
+      </c>
+      <c r="H209" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="210" spans="1:8">
+      <c r="A210" t="s">
+        <v>787</v>
+      </c>
+      <c r="B210" t="s">
+        <v>9</v>
+      </c>
+      <c r="C210" t="s">
+        <v>51</v>
+      </c>
+      <c r="D210" t="s">
+        <v>759</v>
+      </c>
+      <c r="E210" t="s">
+        <v>760</v>
+      </c>
+      <c r="F210" t="s">
+        <v>18</v>
+      </c>
+      <c r="G210" s="1" t="s">
+        <v>788</v>
+      </c>
+      <c r="H210" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="211" spans="1:8">
+      <c r="A211" t="s">
+        <v>789</v>
+      </c>
+      <c r="B211" t="s">
+        <v>9</v>
+      </c>
+      <c r="C211" t="s">
+        <v>491</v>
+      </c>
+      <c r="D211" t="s">
+        <v>759</v>
+      </c>
+      <c r="E211" t="s">
+        <v>760</v>
+      </c>
+      <c r="F211" t="s">
+        <v>18</v>
+      </c>
+      <c r="G211" s="1" t="s">
+        <v>790</v>
+      </c>
+      <c r="H211" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="212" spans="1:8">
+      <c r="A212" t="s">
+        <v>791</v>
+      </c>
+      <c r="B212" t="s">
+        <v>9</v>
+      </c>
+      <c r="C212" t="s">
+        <v>56</v>
+      </c>
+      <c r="D212" t="s">
+        <v>759</v>
+      </c>
+      <c r="E212" t="s">
+        <v>760</v>
+      </c>
+      <c r="F212" t="s">
+        <v>18</v>
+      </c>
+      <c r="G212" s="1" t="s">
+        <v>792</v>
+      </c>
+      <c r="H212" t="s">
+        <v>793</v>
+      </c>
+    </row>
+    <row r="213" spans="1:8">
+      <c r="A213" t="s">
+        <v>794</v>
+      </c>
+      <c r="B213" t="s">
+        <v>9</v>
+      </c>
+      <c r="C213" t="s">
+        <v>106</v>
+      </c>
+      <c r="D213" t="s">
+        <v>759</v>
+      </c>
+      <c r="E213" t="s">
+        <v>760</v>
+      </c>
+      <c r="G213" s="1" t="s">
+        <v>795</v>
+      </c>
+      <c r="H213" t="s">
+        <v>796</v>
+      </c>
+    </row>
+    <row r="214" spans="1:8">
+      <c r="A214" t="s">
+        <v>797</v>
+      </c>
+      <c r="B214" t="s">
+        <v>9</v>
+      </c>
+      <c r="C214" t="s">
+        <v>111</v>
+      </c>
+      <c r="D214" t="s">
+        <v>759</v>
+      </c>
+      <c r="E214" t="s">
+        <v>760</v>
+      </c>
+      <c r="F214" t="s">
+        <v>484</v>
+      </c>
+      <c r="G214" s="1" t="s">
+        <v>798</v>
+      </c>
+      <c r="H214" t="s">
+        <v>799</v>
+      </c>
+    </row>
+    <row r="215" spans="1:8">
+      <c r="A215" t="s">
+        <v>800</v>
+      </c>
+      <c r="B215" t="s">
+        <v>9</v>
+      </c>
+      <c r="C215" t="s">
+        <v>115</v>
+      </c>
+      <c r="D215" t="s">
+        <v>759</v>
+      </c>
+      <c r="E215" t="s">
+        <v>760</v>
+      </c>
+      <c r="F215" t="s">
+        <v>497</v>
+      </c>
+      <c r="G215" s="1" t="s">
+        <v>801</v>
+      </c>
+      <c r="H215" t="s">
+        <v>802</v>
+      </c>
+    </row>
+    <row r="216" spans="1:8">
+      <c r="A216" t="s">
+        <v>803</v>
+      </c>
+      <c r="B216" t="s">
+        <v>9</v>
+      </c>
+      <c r="C216" t="s">
+        <v>10</v>
+      </c>
+      <c r="D216" t="s">
+        <v>804</v>
+      </c>
+      <c r="E216" t="s">
+        <v>805</v>
+      </c>
+      <c r="F216" t="s">
+        <v>102</v>
+      </c>
+      <c r="G216" s="1" t="s">
+        <v>806</v>
+      </c>
+      <c r="H216" t="s">
+        <v>807</v>
+      </c>
+    </row>
+    <row r="217" spans="1:8">
+      <c r="A217" t="s">
+        <v>808</v>
+      </c>
+      <c r="B217" t="s">
+        <v>9</v>
+      </c>
+      <c r="C217" t="s">
+        <v>17</v>
+      </c>
+      <c r="D217" t="s">
+        <v>804</v>
+      </c>
+      <c r="E217" t="s">
+        <v>805</v>
+      </c>
+      <c r="G217" s="1" t="s">
+        <v>809</v>
+      </c>
+      <c r="H217" t="s">
+        <v>810</v>
+      </c>
+    </row>
+    <row r="218" spans="1:8">
+      <c r="A218" t="s">
+        <v>811</v>
+      </c>
+      <c r="B218" t="s">
+        <v>9</v>
+      </c>
+      <c r="C218" t="s">
+        <v>22</v>
+      </c>
+      <c r="D218" t="s">
+        <v>804</v>
+      </c>
+      <c r="E218" t="s">
+        <v>805</v>
+      </c>
+      <c r="G218" s="1" t="s">
+        <v>812</v>
+      </c>
+      <c r="H218" t="s">
+        <v>813</v>
+      </c>
+    </row>
+    <row r="219" spans="1:8">
+      <c r="A219" t="s">
+        <v>814</v>
+      </c>
+      <c r="B219" t="s">
+        <v>9</v>
+      </c>
+      <c r="C219" t="s">
+        <v>26</v>
+      </c>
+      <c r="D219" t="s">
+        <v>804</v>
+      </c>
+      <c r="E219" t="s">
+        <v>805</v>
+      </c>
+      <c r="F219" t="s">
+        <v>57</v>
+      </c>
+      <c r="G219" s="1" t="s">
+        <v>815</v>
+      </c>
+      <c r="H219" t="s">
+        <v>816</v>
+      </c>
+    </row>
+    <row r="220" spans="1:8">
+      <c r="A220" t="s">
+        <v>817</v>
+      </c>
+      <c r="B220" t="s">
+        <v>9</v>
+      </c>
+      <c r="C220" t="s">
+        <v>30</v>
+      </c>
+      <c r="D220" t="s">
+        <v>804</v>
+      </c>
+      <c r="E220" t="s">
+        <v>805</v>
+      </c>
+      <c r="F220" t="s">
+        <v>818</v>
+      </c>
+      <c r="G220" s="1" t="s">
+        <v>819</v>
+      </c>
+      <c r="H220" t="s">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="221" spans="1:8">
+      <c r="A221" t="s">
+        <v>821</v>
+      </c>
+      <c r="B221" t="s">
+        <v>9</v>
+      </c>
+      <c r="C221" t="s">
+        <v>34</v>
+      </c>
+      <c r="D221" t="s">
+        <v>804</v>
+      </c>
+      <c r="E221" t="s">
+        <v>805</v>
+      </c>
+      <c r="F221" t="s">
+        <v>818</v>
+      </c>
+      <c r="G221" s="1" t="s">
+        <v>822</v>
+      </c>
+      <c r="H221" t="s">
+        <v>823</v>
+      </c>
+    </row>
+    <row r="222" spans="1:8">
+      <c r="A222" t="s">
+        <v>824</v>
+      </c>
+      <c r="B222" t="s">
+        <v>9</v>
+      </c>
+      <c r="C222" t="s">
+        <v>39</v>
+      </c>
+      <c r="D222" t="s">
+        <v>804</v>
+      </c>
+      <c r="E222" t="s">
+        <v>805</v>
+      </c>
+      <c r="F222" t="s">
+        <v>818</v>
+      </c>
+      <c r="G222" s="1" t="s">
+        <v>825</v>
+      </c>
+      <c r="H222" t="s">
+        <v>826</v>
+      </c>
+    </row>
+    <row r="223" spans="1:8">
+      <c r="A223" t="s">
+        <v>827</v>
+      </c>
+      <c r="B223" t="s">
+        <v>9</v>
+      </c>
+      <c r="C223" t="s">
+        <v>43</v>
+      </c>
+      <c r="D223" t="s">
+        <v>804</v>
+      </c>
+      <c r="E223" t="s">
+        <v>805</v>
+      </c>
+      <c r="F223" t="s">
+        <v>818</v>
+      </c>
+      <c r="G223" s="1" t="s">
+        <v>828</v>
+      </c>
+      <c r="H223" t="s">
+        <v>829</v>
+      </c>
+    </row>
+    <row r="224" spans="1:8">
+      <c r="A224" t="s">
+        <v>830</v>
+      </c>
+      <c r="B224" t="s">
+        <v>9</v>
+      </c>
+      <c r="C224" t="s">
+        <v>10</v>
+      </c>
+      <c r="D224" t="s">
+        <v>831</v>
+      </c>
+      <c r="E224" t="s">
+        <v>832</v>
+      </c>
+      <c r="F224" t="s">
         <v>741</v>
       </c>
-      <c r="G199" s="1" t="s">
-[...3 lines deleted...]
-        <v>743</v>
+      <c r="G224" s="1" t="s">
+        <v>833</v>
+      </c>
+      <c r="H224" t="s">
+        <v>834</v>
+      </c>
+    </row>
+    <row r="225" spans="1:8">
+      <c r="A225" t="s">
+        <v>835</v>
+      </c>
+      <c r="B225" t="s">
+        <v>9</v>
+      </c>
+      <c r="C225" t="s">
+        <v>17</v>
+      </c>
+      <c r="D225" t="s">
+        <v>831</v>
+      </c>
+      <c r="E225" t="s">
+        <v>832</v>
+      </c>
+      <c r="F225" t="s">
+        <v>107</v>
+      </c>
+      <c r="G225" s="1" t="s">
+        <v>836</v>
+      </c>
+      <c r="H225" t="s">
+        <v>837</v>
+      </c>
+    </row>
+    <row r="226" spans="1:8">
+      <c r="A226" t="s">
+        <v>838</v>
+      </c>
+      <c r="B226" t="s">
+        <v>9</v>
+      </c>
+      <c r="C226" t="s">
+        <v>22</v>
+      </c>
+      <c r="D226" t="s">
+        <v>831</v>
+      </c>
+      <c r="E226" t="s">
+        <v>832</v>
+      </c>
+      <c r="F226" t="s">
+        <v>818</v>
+      </c>
+      <c r="G226" s="1" t="s">
+        <v>839</v>
+      </c>
+      <c r="H226" t="s">
+        <v>840</v>
+      </c>
+    </row>
+    <row r="227" spans="1:8">
+      <c r="A227" t="s">
+        <v>841</v>
+      </c>
+      <c r="B227" t="s">
+        <v>9</v>
+      </c>
+      <c r="C227" t="s">
+        <v>26</v>
+      </c>
+      <c r="D227" t="s">
+        <v>831</v>
+      </c>
+      <c r="E227" t="s">
+        <v>832</v>
+      </c>
+      <c r="F227" t="s">
+        <v>818</v>
+      </c>
+      <c r="G227" s="1" t="s">
+        <v>842</v>
+      </c>
+      <c r="H227" t="s">
+        <v>843</v>
+      </c>
+    </row>
+    <row r="228" spans="1:8">
+      <c r="A228" t="s">
+        <v>844</v>
+      </c>
+      <c r="B228" t="s">
+        <v>9</v>
+      </c>
+      <c r="C228" t="s">
+        <v>30</v>
+      </c>
+      <c r="D228" t="s">
+        <v>831</v>
+      </c>
+      <c r="E228" t="s">
+        <v>832</v>
+      </c>
+      <c r="F228" t="s">
+        <v>818</v>
+      </c>
+      <c r="G228" s="1" t="s">
+        <v>845</v>
+      </c>
+      <c r="H228" t="s">
+        <v>846</v>
+      </c>
+    </row>
+    <row r="229" spans="1:8">
+      <c r="A229" t="s">
+        <v>847</v>
+      </c>
+      <c r="B229" t="s">
+        <v>9</v>
+      </c>
+      <c r="C229" t="s">
+        <v>34</v>
+      </c>
+      <c r="D229" t="s">
+        <v>831</v>
+      </c>
+      <c r="E229" t="s">
+        <v>832</v>
+      </c>
+      <c r="F229" t="s">
+        <v>818</v>
+      </c>
+      <c r="G229" s="1" t="s">
+        <v>848</v>
+      </c>
+      <c r="H229" t="s">
+        <v>849</v>
+      </c>
+    </row>
+    <row r="230" spans="1:8">
+      <c r="A230" t="s">
+        <v>850</v>
+      </c>
+      <c r="B230" t="s">
+        <v>9</v>
+      </c>
+      <c r="C230" t="s">
+        <v>39</v>
+      </c>
+      <c r="D230" t="s">
+        <v>831</v>
+      </c>
+      <c r="E230" t="s">
+        <v>832</v>
+      </c>
+      <c r="F230" t="s">
+        <v>818</v>
+      </c>
+      <c r="G230" s="1" t="s">
+        <v>851</v>
+      </c>
+      <c r="H230" t="s">
+        <v>852</v>
+      </c>
+    </row>
+    <row r="231" spans="1:8">
+      <c r="A231" t="s">
+        <v>853</v>
+      </c>
+      <c r="B231" t="s">
+        <v>9</v>
+      </c>
+      <c r="C231" t="s">
+        <v>43</v>
+      </c>
+      <c r="D231" t="s">
+        <v>831</v>
+      </c>
+      <c r="E231" t="s">
+        <v>832</v>
+      </c>
+      <c r="F231" t="s">
+        <v>818</v>
+      </c>
+      <c r="G231" s="1" t="s">
+        <v>854</v>
+      </c>
+      <c r="H231" t="s">
+        <v>855</v>
+      </c>
+    </row>
+    <row r="232" spans="1:8">
+      <c r="A232" t="s">
+        <v>856</v>
+      </c>
+      <c r="B232" t="s">
+        <v>9</v>
+      </c>
+      <c r="C232" t="s">
+        <v>47</v>
+      </c>
+      <c r="D232" t="s">
+        <v>831</v>
+      </c>
+      <c r="E232" t="s">
+        <v>832</v>
+      </c>
+      <c r="F232" t="s">
+        <v>818</v>
+      </c>
+      <c r="G232" s="1" t="s">
+        <v>857</v>
+      </c>
+      <c r="H232" t="s">
+        <v>858</v>
+      </c>
+    </row>
+    <row r="233" spans="1:8">
+      <c r="A233" t="s">
+        <v>859</v>
+      </c>
+      <c r="B233" t="s">
+        <v>9</v>
+      </c>
+      <c r="C233" t="s">
+        <v>51</v>
+      </c>
+      <c r="D233" t="s">
+        <v>831</v>
+      </c>
+      <c r="E233" t="s">
+        <v>832</v>
+      </c>
+      <c r="F233" t="s">
+        <v>818</v>
+      </c>
+      <c r="G233" s="1" t="s">
+        <v>860</v>
+      </c>
+      <c r="H233" t="s">
+        <v>861</v>
+      </c>
+    </row>
+    <row r="234" spans="1:8">
+      <c r="A234" t="s">
+        <v>862</v>
+      </c>
+      <c r="B234" t="s">
+        <v>9</v>
+      </c>
+      <c r="C234" t="s">
+        <v>491</v>
+      </c>
+      <c r="D234" t="s">
+        <v>831</v>
+      </c>
+      <c r="E234" t="s">
+        <v>832</v>
+      </c>
+      <c r="F234" t="s">
+        <v>818</v>
+      </c>
+      <c r="G234" s="1" t="s">
+        <v>863</v>
+      </c>
+      <c r="H234" t="s">
+        <v>864</v>
+      </c>
+    </row>
+    <row r="235" spans="1:8">
+      <c r="A235" t="s">
+        <v>865</v>
+      </c>
+      <c r="B235" t="s">
+        <v>9</v>
+      </c>
+      <c r="C235" t="s">
+        <v>10</v>
+      </c>
+      <c r="D235" t="s">
+        <v>866</v>
+      </c>
+      <c r="E235" t="s">
+        <v>867</v>
+      </c>
+      <c r="F235" t="s">
+        <v>868</v>
+      </c>
+      <c r="G235" s="1" t="s">
+        <v>869</v>
+      </c>
+      <c r="H235" t="s">
+        <v>870</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -8191,50 +9512,86 @@
     <hyperlink ref="G175" r:id="rId174"/>
     <hyperlink ref="G176" r:id="rId175"/>
     <hyperlink ref="G177" r:id="rId176"/>
     <hyperlink ref="G178" r:id="rId177"/>
     <hyperlink ref="G179" r:id="rId178"/>
     <hyperlink ref="G180" r:id="rId179"/>
     <hyperlink ref="G181" r:id="rId180"/>
     <hyperlink ref="G182" r:id="rId181"/>
     <hyperlink ref="G183" r:id="rId182"/>
     <hyperlink ref="G184" r:id="rId183"/>
     <hyperlink ref="G185" r:id="rId184"/>
     <hyperlink ref="G186" r:id="rId185"/>
     <hyperlink ref="G187" r:id="rId186"/>
     <hyperlink ref="G188" r:id="rId187"/>
     <hyperlink ref="G189" r:id="rId188"/>
     <hyperlink ref="G190" r:id="rId189"/>
     <hyperlink ref="G191" r:id="rId190"/>
     <hyperlink ref="G192" r:id="rId191"/>
     <hyperlink ref="G193" r:id="rId192"/>
     <hyperlink ref="G194" r:id="rId193"/>
     <hyperlink ref="G195" r:id="rId194"/>
     <hyperlink ref="G196" r:id="rId195"/>
     <hyperlink ref="G197" r:id="rId196"/>
     <hyperlink ref="G198" r:id="rId197"/>
     <hyperlink ref="G199" r:id="rId198"/>
+    <hyperlink ref="G200" r:id="rId199"/>
+    <hyperlink ref="G201" r:id="rId200"/>
+    <hyperlink ref="G202" r:id="rId201"/>
+    <hyperlink ref="G203" r:id="rId202"/>
+    <hyperlink ref="G204" r:id="rId203"/>
+    <hyperlink ref="G205" r:id="rId204"/>
+    <hyperlink ref="G206" r:id="rId205"/>
+    <hyperlink ref="G207" r:id="rId206"/>
+    <hyperlink ref="G208" r:id="rId207"/>
+    <hyperlink ref="G209" r:id="rId208"/>
+    <hyperlink ref="G210" r:id="rId209"/>
+    <hyperlink ref="G211" r:id="rId210"/>
+    <hyperlink ref="G212" r:id="rId211"/>
+    <hyperlink ref="G213" r:id="rId212"/>
+    <hyperlink ref="G214" r:id="rId213"/>
+    <hyperlink ref="G215" r:id="rId214"/>
+    <hyperlink ref="G216" r:id="rId215"/>
+    <hyperlink ref="G217" r:id="rId216"/>
+    <hyperlink ref="G218" r:id="rId217"/>
+    <hyperlink ref="G219" r:id="rId218"/>
+    <hyperlink ref="G220" r:id="rId219"/>
+    <hyperlink ref="G221" r:id="rId220"/>
+    <hyperlink ref="G222" r:id="rId221"/>
+    <hyperlink ref="G223" r:id="rId222"/>
+    <hyperlink ref="G224" r:id="rId223"/>
+    <hyperlink ref="G225" r:id="rId224"/>
+    <hyperlink ref="G226" r:id="rId225"/>
+    <hyperlink ref="G227" r:id="rId226"/>
+    <hyperlink ref="G228" r:id="rId227"/>
+    <hyperlink ref="G229" r:id="rId228"/>
+    <hyperlink ref="G230" r:id="rId229"/>
+    <hyperlink ref="G231" r:id="rId230"/>
+    <hyperlink ref="G232" r:id="rId231"/>
+    <hyperlink ref="G233" r:id="rId232"/>
+    <hyperlink ref="G234" r:id="rId233"/>
+    <hyperlink ref="G235" r:id="rId234"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>