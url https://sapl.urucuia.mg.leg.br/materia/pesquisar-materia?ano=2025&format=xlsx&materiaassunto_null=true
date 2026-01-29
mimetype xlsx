--- v1 (2025-12-14)
+++ v2 (2026-01-29)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1871" uniqueCount="871">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1991" uniqueCount="918">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -2135,50 +2135,97 @@
     <t>816</t>
   </si>
   <si>
     <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/816/projeto_de_resolucao_n_004-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Regulamentação do comparecimento dos Vereadores as reuniões ordinárias, extraordinárias e de Comissões.</t>
   </si>
   <si>
     <t>817</t>
   </si>
   <si>
     <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/817/projeto_de_resolucao_n._005-2025.pdf</t>
   </si>
   <si>
     <t>Regulamenta o Programa Parlamento Jovem no âmbito da Câmara Municipal de Urucuia-MG e dá outras providências.</t>
   </si>
   <si>
     <t>935</t>
   </si>
   <si>
     <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/935/projeto_de_resolucao_006-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a prestação, compensação e pagamento de serviço extraordinário no âmbito da Câmara Municipal de Urucuia-MG, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>978</t>
+  </si>
+  <si>
+    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/978/projeto_de_resolucao_007-2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a jornada de trabalho dos servidores da Câmara Municipal de Urucuia, altera o Anexo da Resolução n° 01, de 25 de outubro de 2016,_x000D_
+modifica dispositivo da Resolução n° 004/2025 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>979</t>
+  </si>
+  <si>
+    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/979/projeto_de_resolucao_008-2025.pdf</t>
+  </si>
+  <si>
+    <t>Institui a Política de Gestão Documental Eletrônica — Programa Câmara Sem Papel e estabelece diretrizes para a tramitação eletrônica_x000D_
+de processos e documentos no âmbito da Câmara Municipal de Urucuia-MG e dá outras providências.</t>
+  </si>
+  <si>
+    <t>980</t>
+  </si>
+  <si>
+    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/980/projeto_de_resolucao_009-2025.pdf</t>
+  </si>
+  <si>
+    <t>Institui o controle de frequência por meio de ponto eletrônico no âmbito da Câmara Municipal de Urucuia e dá outras providências.</t>
+  </si>
+  <si>
+    <t>981</t>
+  </si>
+  <si>
+    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/981/projeto_de_resolucao_010-2025.pdf</t>
+  </si>
+  <si>
+    <t>Concede Titulo de Honra ao Mérito a servidor público do Poder Legislativo Municipal e dá outras providências.</t>
+  </si>
+  <si>
+    <t>982</t>
+  </si>
+  <si>
+    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/982/projeto_de_resolucao_011-2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o retorno em viagens oficiais realizadas com veiculo do Poder Legislativo Municipal e estabelece critério objetivo para obrigatoriedade de pernoite por motivo de segurança.</t>
   </si>
   <si>
     <t>764</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/764/requerimento_-_001_-_2025.pdf</t>
   </si>
   <si>
     <t>0 Vereador que este subscreve, ouvida a casa no prazo regimental, vem requerer do Prefeito Municipal, Sr. José Ailson Dantas Queiroz, a possibilidade de cascalhamento na estrada da Santa Cruz, Riacho, Barreirinho e Sabão.</t>
   </si>
   <si>
     <t>765</t>
   </si>
   <si>
     <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/765/requerimento_-_002-2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, ouvida a casa no prazo regimental, vem requerer do Prefeito Municipal, Sr. José Ailson Dantas Queiroz, a possibilidade reconstruir a ponte do córrego Sabão.</t>
   </si>
@@ -2700,193 +2747,289 @@
 Altere-se o artigo 2° do Projeto de Lei n° 001 de 03 de fevereiro de_x000D_
 2025, onde faz constar dos requisitos para investidura no Cargo de Monitores_x000D_
 Disciplinar:</t>
   </si>
   <si>
     <t>751</t>
   </si>
   <si>
     <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/751/emenda_004-2025.pdf</t>
   </si>
   <si>
     <t>Altere-se o artigo 3° do Projeto de Lei n° 001 de 03 de fevereiro de_x000D_
 2025, onde excluir:_x000D_
 Art. 3° Art. 3° - Ficam criados, no quadro de cargos de provimento_x000D_
 comissionado do Município de Urucuia (MG), as seguintes vagas de_x000D_
 cargos já existentes: 02 (duas) vagas de Assistente Judiciário; 22_x000D_
 (vinte e duas) vagas de Chefe de Divisão: 01 (uma) vaga de_x000D_
 Controlador Interno; 01 (uma) vaga de Diretor Escolar, 01 (uma) vaga_x000D_
 de Secretário de Gabinete: 01 (uma) vaga de Coordenador de_x000D_
 Finanças.</t>
   </si>
   <si>
     <t>944</t>
   </si>
   <si>
-    <t>CLJR - Comissão de Finanças, Orçamento e Tomada de Contas/2025</t>
-[...2 lines deleted...]
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/944/emenda_modificativa_no_005_de_2025.docx</t>
+    <t>CFOTC - Comissão de Finanças, Orçamento e Tomada de Contas/2025</t>
+  </si>
+  <si>
+    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/944/modificativa_n_005.pdf</t>
   </si>
   <si>
     <t>“ALTERA OS ANEXOS DA LEI DE DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO DE 2026”.</t>
   </si>
   <si>
     <t>948</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/948/emenda_modificativa_no_006_de_2025.docx</t>
+    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/948/modificativa_n_006.pdf</t>
   </si>
   <si>
     <t>ALTERA AS METAS E PRIORIDADES ESTABELECIDAS NO PLANO PLURIANUAL PARA O PERÍODO DE 2026 A 2029.</t>
   </si>
   <si>
     <t>952</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/952/emenda_modificativa_no_007_de_2025.docx</t>
+    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/952/modificativa_n_007.pdf</t>
   </si>
   <si>
     <t>Altera os incisos II, III e IV do artigo 3º do Projeto de Lei nº 38, de 01 de outubro de 2025, que “Estima a receita e fixa a despesa do Município para o exercício financeiro de 2026 e dá outras providências”.</t>
   </si>
   <si>
     <t>953</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/953/emenda_modificativa_no_008_de_2025.docx</t>
+    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/953/modificativa_n_008.pdf</t>
   </si>
   <si>
     <t>ALTERA AS RECEITAS E METAS PROGRAMÁTICAS DO PROJETO DE LEI Nº 38/2025 QUE ESTIMA A RECEITA E FIXA A DESPESA PARA O EXERCÍCIO DE 2026.</t>
   </si>
   <si>
     <t>818</t>
   </si>
   <si>
     <t>EA</t>
   </si>
   <si>
     <t>Emenda Aditiva</t>
   </si>
   <si>
     <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/818/emenda_aditiva_n_001_de_2025_-_projeto_de_lei_n_007_de_07_de_marco.pdf</t>
   </si>
   <si>
     <t>Acrescente-se §3°. no artigo 4° do Projeto de Lei n° 007, de 07 de março de 2025._x000D_
 O artigo 4° do Projeto de Lei n° 007, de 07 de março de 2025, passa a vigora acrescido do parágrafo §3° com a seguinte redação:_x000D_
 Art. 4° [. .]_x000D_
 §3° - Fica dispensado a cobrança da taxa prevista no artigo 3° desta Lei á Associação de Pais e Amigos dos Excepcionais - APAE, demais entidades sem fins lucrativos, pessoas em tratamento oncológico, renal e beneficiários do bolsa família.</t>
   </si>
   <si>
     <t>864</t>
   </si>
   <si>
     <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/864/emenda_aditiva_n_001-2025.pdf</t>
   </si>
   <si>
     <t>EMENDA ADITIVA Nº 001 DE 2025 - PROJETO DE LEI Nº 021 DE 14 DE_x000D_
 ABRIL DE 2025.</t>
   </si>
   <si>
     <t>945</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/945/emenda_aditiva_no_003.docx</t>
+    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/945/aditiva_n_003.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA DISPOSITIVO AO PROJETO DE LEI Nº 36/2025, QUE “DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA DE 2026”, A FIM DE INCLUIR O PROGRAMA BRASIL AGROECOLÓGICO ENTRE AS PRIORIDADES E METAS DA ADMINISTRAÇÃO MUNICIPAL.</t>
   </si>
   <si>
     <t>946</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/946/emenda_aditiva_no_004.docx</t>
+    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/946/aditiva_n_004.pdf</t>
   </si>
   <si>
     <t>ACRESCE AÇÃO ORÇAMENTÁRIA ESPECÍFICA NA LEI DE DIRETRIZES ORÇAMENTÁRIAS DE 2026, DESTINADA À EXECUÇÃO DO PROGRAMA MUNICIPAL DE PROMOÇÃO DOS DIREITOS E DA CIDADANIA LGBTQIAPN+.</t>
   </si>
   <si>
     <t>947</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/947/emenda_aditiva_no_005.docx</t>
+    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/947/aditiva_n_005.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA DISPOSITIVO À LEI DE DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO DE 2026, A FIM DE INCLUIR A POLÍTICA NACIONAL DE SAÚDE INTEGRAL DA POPULAÇÃO NEGRA ENTRE AS PRIORIDADES E METAS DA ADMINISTRAÇÃO MUNICIPAL.</t>
   </si>
   <si>
     <t>949</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/949/emenda_aditiva_no_006.docx</t>
+    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/949/aditiva_n_006.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA DISPOSITIVO AO ART. 11 DO PROJETO DE LEI Nº 37/2025, QUE “DISPÕE SOBRE O PLANO PLURIANUAL PARA O PERÍODO DE 2026 A 2029”, PARA INCLUIR A IMPLEMENTAÇÃO DA POLÍTICA NACIONAL DE SAÚDE INTEGRAL DA POPULAÇÃO NEGRA NO ÂMBITO DO PLANEJAMENTO MUNICIPAL.</t>
   </si>
   <si>
     <t>950</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/950/emenda_aditiva_no_007.docx</t>
+    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/950/aditiva_n_007.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA DISPOSITIVO AO ART. 11 E AOS ANEXOS DO PROJETO DE LEI Nº 37/2025, PARA INCLUSÃO DO PROGRAMA BRASIL AGROECOLÓGICO NO PLANO PLURIANUAL 2026–2029.</t>
   </si>
   <si>
     <t>951</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/951/emenda_aditiva_no_008.docx</t>
+    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/951/aditiva_008.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA AÇÃO ORÇAMENTÁRIA E INSTITUI O PROGRAMA MUNICIPAL DE PROMOÇÃO DOS DIREITOS E DA CIDADANIA LGBTQIAPN+ NO PLANO PLURIANUAL 2026–2029.</t>
   </si>
   <si>
     <t>954</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/954/emenda_aditiva_no_009.docx</t>
+    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/954/aditiva_n_009.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA AÇÃO ORÇAMENTÁRIA ESPECÍFICA NA LEI ORÇAMENTÁRIA ANUAL DE 2026 DESTINADA À EXECUÇÃO DA POLÍTICA NACIONAL DE SAÚDE INTEGRAL DA POPULAÇÃO NEGRA.</t>
   </si>
   <si>
     <t>955</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/955/emenda_aditiva_no_010.docx</t>
+    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/955/aditiva_n_010.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA AÇÃO ORÇAMENTÁRIA ESPECÍFICA NA LEI ORÇAMENTÁRIA ANUAL DE 2026 DESTINADA À EXECUÇÃO DO PROGRAMA BRASIL AGROECOLÓGICO.</t>
   </si>
   <si>
     <t>956</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/956/emenda_aditiva_no_011.docx</t>
+    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/956/aditiva_n_011.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA AÇÃO ORÇAMENTÁRIA ESPECÍFICA NA LEI ORÇAMENTÁRIA ANUAL DE 2026 DESTINADA À EXECUÇÃO DO PROGRAMA MUNICIPAL DE PROMOÇÃO DOS DIREITOS E DA CIDADANIA LGBTQIAPN+.</t>
+  </si>
+  <si>
+    <t>968</t>
+  </si>
+  <si>
+    <t>EI</t>
+  </si>
+  <si>
+    <t>Emenda Impositiva</t>
+  </si>
+  <si>
+    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/968/emenda_aditiva_impositiva_n_001.pdf</t>
+  </si>
+  <si>
+    <t>Emenda Aditiva Impositiva destinada à construção de um salão de reuniões na sede do conselho Comunitário Pitombeira.</t>
+  </si>
+  <si>
+    <t>976</t>
+  </si>
+  <si>
+    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/976/emenda_aditiva_impositiva_002.pdf</t>
+  </si>
+  <si>
+    <t>Emenda Aditiva Impositiva destinada à perfuração de barragens e barraginhas e conservação de estradas nas comunidades de Bonito, Brejo Grande e Pedras</t>
+  </si>
+  <si>
+    <t>969</t>
+  </si>
+  <si>
+    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/969/emenda_aditiva_impositiva_n_003.pdf</t>
+  </si>
+  <si>
+    <t>Emenda Aditiva impositiva destinado para reforma da ponte de madeira do Córrego Sabão</t>
+  </si>
+  <si>
+    <t>970</t>
+  </si>
+  <si>
+    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/970/emenda_aditiva_impositiva_n_004.pdf</t>
+  </si>
+  <si>
+    <t>Emenda Aditiva Impositiva destinada à perfuração de barragens e conservação das já existentes nas comunidades de Bonito, Judas, Pedras, Matão e Gameleira.</t>
+  </si>
+  <si>
+    <t>977</t>
+  </si>
+  <si>
+    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/977/emenda_aditiva_impositiva_005.pdf</t>
+  </si>
+  <si>
+    <t>Emenda Aditiva Impositiva ao Projeto de Lei 38/2025 - Aquisição e soltura de Alevinos para repovoamento do Rio Urucuia.</t>
+  </si>
+  <si>
+    <t>971</t>
+  </si>
+  <si>
+    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/971/emenda_aditiva_impositiva_n_006.pdf</t>
+  </si>
+  <si>
+    <t>Emenda Aditiva Impositiva destinada à construção de um galpão, para atendimento da Associação Comunitária do Bonito de Urucuia/MG.</t>
+  </si>
+  <si>
+    <t>972</t>
+  </si>
+  <si>
+    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/972/emenda_aditiva_impositiva_n_007.pdf</t>
+  </si>
+  <si>
+    <t>Emenda Aditiva Impositiva destinada à perfuração e equipamento de poços artesianos nas comunidades de Jacaré e Tamboril.</t>
+  </si>
+  <si>
+    <t>973</t>
+  </si>
+  <si>
+    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/973/emenda_aditiva_impositiva_n_008.pdf</t>
+  </si>
+  <si>
+    <t>Emenda Aditiva Impositiva destinada a construção de um galpão, para atendimento da Central de Associação de Associações de urucuia/MG.</t>
+  </si>
+  <si>
+    <t>975</t>
+  </si>
+  <si>
+    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/975/emenda_aditiva_impositiva_009.pdf</t>
+  </si>
+  <si>
+    <t>Emenda Aditiva Impositiva destinada à aquisição de um veículo para a Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>974</t>
+  </si>
+  <si>
+    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/974/emenda_aditiva_impositiva_n_010.pdf</t>
+  </si>
+  <si>
+    <t>Emenda Aditiva Impositiva Coletiva - Destinada à aquisição de móveis, equipamentos hospitalares e materiais permanentes para atendimento do Hospital Municipal Grícia Lisboa de Rezende.</t>
   </si>
   <si>
     <t>927</t>
   </si>
   <si>
     <t>REQE</t>
   </si>
   <si>
     <t>Requerimento Externo</t>
   </si>
   <si>
     <t>Gleison Lisboa de Resende</t>
   </si>
   <si>
     <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/927/requerimento_licenca_cargo_vice-prefeito-gleison_28129_assinado.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO DE LICENÇA DO CARGO ELETIVO, GLEISON LISBOA DE REZENDE.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
@@ -3208,56 +3351,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/755/indicacao_-_001_-_2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/756/indicacao_-_002_-_2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/757/indicacao_-_003_-_2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/758/indicacao_-_004_-_2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/759/indicacao_-_005_-_2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/760/indicacao_-_006_-_2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/761/indicacao_-_007_-_2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/762/indicacao_-_008_-_2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/763/indicacao_-_009_-_2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/780/indicacao_n_010-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/781/indicacao_012-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/782/indicacao_013_-2025-.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/800/indicacao_-_014_-_2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/783/indicacao_015-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/801/indicacao_-_016_-_2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/784/indicacao_017-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/785/indicacao_018-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/786/indicacao_019-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/787/indicacao_020-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/788/indicacao_021-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/789/indicacao_022_-_2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/790/indicacao_023-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/791/indicacao_024-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/797/indicacao_025-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/805/indicacao_no027-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/804/indicacao_028_-_2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/802/indicacao_-_no_030_-_2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/803/indicacao_-_no_31_-_2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/844/projeto_de_indicacao_jose_do_parto_e_ronaldo_-.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/806/indicacao_no033-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/813/indicacao_de_lei_034_-_2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/812/projeto_de_lei_035_-_2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/807/projeto_d_lei_036_-_2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/820/indicacao_n_037-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/821/indicacao_n_038-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/822/indicacao_n_039-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/825/indicacao_n_040-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/826/indicacao_n_041-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/827/indicacao_n_042-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/828/indicacao_n_043-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/829/indicacao_n_044-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/830/indicacao_n_045-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/831/indicacao_n_046-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/832/indicacao_n_047-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/833/indicacao_n_048-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/834/indicacao_n_049-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/835/indicacao_n_050-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/836/indicacao_n_051-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/837/indicacao_n_052-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/838/indicacao_n_053-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/839/indicacao_n_054-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/848/indicacao_055_-_2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/849/indicao_056_-_2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/854/indicacao_n_058-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/855/indicacao_n_059_-_2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/856/indicacao_n_060_-_2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/857/indicacao_n_061_-_2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/859/indicacao_n_063-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/870/indicacao_n_065-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/871/indicacao_n_066-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/868/indicacao_n_067-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/869/indicacao_n_068-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/872/indicacao_n_069-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/873/indicacao_no_070_-_2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/876/indicacao_n_071-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/877/indicacao_n_072-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/878/indicacao_n_073-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/879/indicacao_n_074-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/880/indicacao_n_075-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/881/indicacao_n_076-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/882/indicacao_n_077-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/883/indicacao_n_078-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/884/indicacao_n_079-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/885/indicacao_n_080-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/888/indicacao_081-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/889/indicacao_082-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/890/indicacao_083-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/891/indicacao_084-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/892/indicacao_085-2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/893/indicacao_086-2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/894/indicacao_087-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/895/indicacao_088-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/896/indicacao_089-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/901/indicacao__090_geraldo_e_outros.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/902/indicacao__091_geraldo.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/909/indicacao_092..pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/910/indicacao_093.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/911/indicacao_094.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/920/indicacao__095_-_albanita.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/921/indicacao__096_-_ze_do_parto.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/922/indicacao_097_-_netao_do_povo.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/923/indicacao_098_-_netao_do_povo.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/924/indicacao__099_-_geraldoze_do_parto.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/925/indicacao__100_geraldo.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/931/indicacao_101.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/932/indicacao_102.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/933/indicacao_104-2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/934/indicacao_105-2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/936/indicacao_106-2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/937/indicacao_107-2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/938/indicacao_108-2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/939/indicacao_109-2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/940/indicacao_111-2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/941/indicacao_114-2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/957/indicacao_115.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/958/indicacao_116.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/959/indicacao_117.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/960/indicacao_118.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/961/indicacao_119.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/792/projeto_de_decreto_legislativo_001-2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/798/projeto_de_lei_complementar_-_restabelece_contagem_tempo_de_sersvico_1_assinado.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/904/projeto_de_lei_complementar_02-2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/943/projeto_de_lei_complementar_no_11.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/742/projeto_de_lei_n_01_-_2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/743/projeto_de_lei_02_-_2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/744/projeto_de_lei_n03_-_2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/752/projeto_de_lei_004_-_2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/754/projeto_de_lei_005_-_2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/753/projeto_de_lei_006_-_2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/770/projeto_de_lei_007_-_2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/771/projeto_de_lei_008_-_2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/772/pl_modifica_nome_logradouro_1.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/773/projeto_de_lei_ordinaria_-_010_-_2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/774/projeto_de_lei_-_modifica_valor_gratificacao_da_comissao_de_licitacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/775/projeto_de_lei_012-2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/776/projeto_de_resolucao_n_0042025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/777/pl_recomposicao_da_aprendizagem_-_com_anexo__-_assinado.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/793/projeto_de_lei_015-2025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/799/projeto_de_lei_016-2025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/808/projeto_de_lei_017_-_2025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/809/projeto_de_lei_0018_-_2025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/810/projeto_de_lei_019_-_2025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/811/projeto_de_lei_020_-_2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/815/projeto_de_lei_021-2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/840/projeto_de_lei_n_023-2025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/846/pl_24__-_protocolo_intencoes_cisalp_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/852/projeto_de_lei_025-2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/853/projeto_de_lei_026-2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/865/pl_27_-_loa_assinado_1-.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/866/projeto_de_lei_no_028.2025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/867/projeto_de_lei_029-2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/874/projeto_de_lei_n_30_de_12_de_agosto_de_2025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/875/projeto_de_lei_n_31_de_12_de_agosto_de_2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/886/projeto_de_lei_n_32_de_25_de_agosto_de_2025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/887/projeto_de_lei_n_33-2025.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/900/projeto_de_lei_034-2025_-.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/905/projeto_de_lei_035-2025.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/906/alteracao_ldo_completa_2025.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/907/ppa_completo_2025.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/908/loa_completa_2025.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/915/projeto_de_lei_no_39.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/917/projeto_de_lei_40_de_2025_1.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/918/projeto_de_lei_41_1.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/919/projeto_de_lei_042_-_jose_weber.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/928/oficio_-_pl_43_-_anexos.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/929/projeto_de_lei_45_anexos.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/930/projeto_de_lei_046-2025.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/942/projeto_de_lei_047-25.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/963/projeto_de_lei_no_48_-_programa_minha_casa_minha_vida_-_terrenos_1.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/964/pl_492025_merged_1.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/966/pl_502025_052025.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/747/projeto_de_resolucao_001_-_2025.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/746/pprojeto_de_resolucao_n_002-2025.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/814/projeto_de_resolucao_003_-_2025.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/816/projeto_de_resolucao_n_004-2025.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/817/projeto_de_resolucao_n._005-2025.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/935/projeto_de_resolucao_006-2025.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/764/requerimento_-_001_-_2025.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/765/requerimento_-_002-2025.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/766/requerimento_-_003-2025.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/767/requerimento_-_004_-_2025.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/768/requerimento_-_005_-_2025.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/769/requerimento_-006_-_2025.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/794/requerimento_008-2025.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/795/requerimento_009_-_2025.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/796/requerimento_010-2025.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/824/requerimento_n011-2025.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/823/requerimento_n_012-2025.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/845/requerimento_013_-_2025.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/841/requerimento_n_014-2025.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/842/requerimento_n_015-2025.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/843/requerimento_n_0162025.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/851/requerimento_017_-_2025.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/860/requerimento_n_019-2025.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/861/requerimento_n_020-2025.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/862/requerimento_n_021_-_2025.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/897/requerimento_022-2025.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/898/requerimento_023-2025.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/899/requerimento_024-2025.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/903/requerimento_025_-_ze_do_parto_e_outros.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/912/requerimento_026.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/913/requerimento_027.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/914/requerimento_028.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/926/requerimento_29_-_jose_weber.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/962/requerimento_31.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/745/projeto_de_lei_001-2025_correto.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/727/oficio_n001-2025.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2026/728/oficio_n002-2025.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/729/oficio_n003-2025.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/730/oficio_n004-_2025.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/726/oficio_n005_-_2025.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/732/oficio_n006_-_2025.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/733/oficio_n007-2025.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/734/oficio_n008-2025.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/735/oficio_n009-2025.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/736/oficio_n010-2025.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/737/oficio_n011-2025.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/731/oficio_n_012-2025.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/741/oficio_n_023_-_2025.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/778/justificativa_pl_1.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/779/oficio_envio_pl_recomposicao_da_apredizagem_-_assinado_oficio_93.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/748/emenda_modificativa_no_001_de_2025_-_projeto_de_resolucao_no_001_de_31_de_janeiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/749/emenda_002-2025.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/750/emenda_modificativa_n_003_de_2025__ao___projeto_de_lei_n_001_de_31_de_janeiro_de_2025..pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/751/emenda_004-2025.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/944/emenda_modificativa_no_005_de_2025.docx" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/948/emenda_modificativa_no_006_de_2025.docx" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/952/emenda_modificativa_no_007_de_2025.docx" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/953/emenda_modificativa_no_008_de_2025.docx" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/818/emenda_aditiva_n_001_de_2025_-_projeto_de_lei_n_007_de_07_de_marco.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/864/emenda_aditiva_n_001-2025.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/945/emenda_aditiva_no_003.docx" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/946/emenda_aditiva_no_004.docx" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/947/emenda_aditiva_no_005.docx" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/949/emenda_aditiva_no_006.docx" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/950/emenda_aditiva_no_007.docx" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/951/emenda_aditiva_no_008.docx" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/954/emenda_aditiva_no_009.docx" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/955/emenda_aditiva_no_010.docx" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/956/emenda_aditiva_no_011.docx" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/927/requerimento_licenca_cargo_vice-prefeito-gleison_28129_assinado.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/755/indicacao_-_001_-_2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/756/indicacao_-_002_-_2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/757/indicacao_-_003_-_2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/758/indicacao_-_004_-_2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/759/indicacao_-_005_-_2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/760/indicacao_-_006_-_2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/761/indicacao_-_007_-_2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/762/indicacao_-_008_-_2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/763/indicacao_-_009_-_2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/780/indicacao_n_010-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/781/indicacao_012-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/782/indicacao_013_-2025-.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/800/indicacao_-_014_-_2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/783/indicacao_015-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/801/indicacao_-_016_-_2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/784/indicacao_017-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/785/indicacao_018-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/786/indicacao_019-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/787/indicacao_020-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/788/indicacao_021-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/789/indicacao_022_-_2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/790/indicacao_023-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/791/indicacao_024-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/797/indicacao_025-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/805/indicacao_no027-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/804/indicacao_028_-_2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/802/indicacao_-_no_030_-_2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/803/indicacao_-_no_31_-_2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/844/projeto_de_indicacao_jose_do_parto_e_ronaldo_-.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/806/indicacao_no033-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/813/indicacao_de_lei_034_-_2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/812/projeto_de_lei_035_-_2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/807/projeto_d_lei_036_-_2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/820/indicacao_n_037-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/821/indicacao_n_038-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/822/indicacao_n_039-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/825/indicacao_n_040-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/826/indicacao_n_041-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/827/indicacao_n_042-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/828/indicacao_n_043-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/829/indicacao_n_044-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/830/indicacao_n_045-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/831/indicacao_n_046-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/832/indicacao_n_047-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/833/indicacao_n_048-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/834/indicacao_n_049-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/835/indicacao_n_050-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/836/indicacao_n_051-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/837/indicacao_n_052-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/838/indicacao_n_053-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/839/indicacao_n_054-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/848/indicacao_055_-_2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/849/indicao_056_-_2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/854/indicacao_n_058-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/855/indicacao_n_059_-_2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/856/indicacao_n_060_-_2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/857/indicacao_n_061_-_2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/859/indicacao_n_063-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/870/indicacao_n_065-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/871/indicacao_n_066-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/868/indicacao_n_067-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/869/indicacao_n_068-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/872/indicacao_n_069-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/873/indicacao_no_070_-_2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/876/indicacao_n_071-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/877/indicacao_n_072-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/878/indicacao_n_073-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/879/indicacao_n_074-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/880/indicacao_n_075-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/881/indicacao_n_076-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/882/indicacao_n_077-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/883/indicacao_n_078-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/884/indicacao_n_079-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/885/indicacao_n_080-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/888/indicacao_081-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/889/indicacao_082-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/890/indicacao_083-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/891/indicacao_084-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/892/indicacao_085-2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/893/indicacao_086-2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/894/indicacao_087-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/895/indicacao_088-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/896/indicacao_089-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/901/indicacao__090_geraldo_e_outros.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/902/indicacao__091_geraldo.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/909/indicacao_092..pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/910/indicacao_093.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/911/indicacao_094.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/920/indicacao__095_-_albanita.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/921/indicacao__096_-_ze_do_parto.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/922/indicacao_097_-_netao_do_povo.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/923/indicacao_098_-_netao_do_povo.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/924/indicacao__099_-_geraldoze_do_parto.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/925/indicacao__100_geraldo.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/931/indicacao_101.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/932/indicacao_102.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/933/indicacao_104-2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/934/indicacao_105-2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/936/indicacao_106-2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/937/indicacao_107-2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/938/indicacao_108-2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/939/indicacao_109-2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/940/indicacao_111-2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/941/indicacao_114-2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/957/indicacao_115.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/958/indicacao_116.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/959/indicacao_117.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/960/indicacao_118.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/961/indicacao_119.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/792/projeto_de_decreto_legislativo_001-2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/798/projeto_de_lei_complementar_-_restabelece_contagem_tempo_de_sersvico_1_assinado.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/904/projeto_de_lei_complementar_02-2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/943/projeto_de_lei_complementar_no_11.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/742/projeto_de_lei_n_01_-_2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/743/projeto_de_lei_02_-_2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/744/projeto_de_lei_n03_-_2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/752/projeto_de_lei_004_-_2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/754/projeto_de_lei_005_-_2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/753/projeto_de_lei_006_-_2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/770/projeto_de_lei_007_-_2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/771/projeto_de_lei_008_-_2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/772/pl_modifica_nome_logradouro_1.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/773/projeto_de_lei_ordinaria_-_010_-_2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/774/projeto_de_lei_-_modifica_valor_gratificacao_da_comissao_de_licitacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/775/projeto_de_lei_012-2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/776/projeto_de_resolucao_n_0042025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/777/pl_recomposicao_da_aprendizagem_-_com_anexo__-_assinado.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/793/projeto_de_lei_015-2025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/799/projeto_de_lei_016-2025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/808/projeto_de_lei_017_-_2025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/809/projeto_de_lei_0018_-_2025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/810/projeto_de_lei_019_-_2025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/811/projeto_de_lei_020_-_2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/815/projeto_de_lei_021-2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/840/projeto_de_lei_n_023-2025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/846/pl_24__-_protocolo_intencoes_cisalp_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/852/projeto_de_lei_025-2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/853/projeto_de_lei_026-2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/865/pl_27_-_loa_assinado_1-.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/866/projeto_de_lei_no_028.2025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/867/projeto_de_lei_029-2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/874/projeto_de_lei_n_30_de_12_de_agosto_de_2025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/875/projeto_de_lei_n_31_de_12_de_agosto_de_2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/886/projeto_de_lei_n_32_de_25_de_agosto_de_2025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/887/projeto_de_lei_n_33-2025.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/900/projeto_de_lei_034-2025_-.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/905/projeto_de_lei_035-2025.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/906/alteracao_ldo_completa_2025.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/907/ppa_completo_2025.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/908/loa_completa_2025.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/915/projeto_de_lei_no_39.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/917/projeto_de_lei_40_de_2025_1.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/918/projeto_de_lei_41_1.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/919/projeto_de_lei_042_-_jose_weber.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/928/oficio_-_pl_43_-_anexos.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/929/projeto_de_lei_45_anexos.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/930/projeto_de_lei_046-2025.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/942/projeto_de_lei_047-25.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/963/projeto_de_lei_no_48_-_programa_minha_casa_minha_vida_-_terrenos_1.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/964/pl_492025_merged_1.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/966/pl_502025_052025.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/747/projeto_de_resolucao_001_-_2025.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/746/pprojeto_de_resolucao_n_002-2025.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/814/projeto_de_resolucao_003_-_2025.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/816/projeto_de_resolucao_n_004-2025.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/817/projeto_de_resolucao_n._005-2025.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/935/projeto_de_resolucao_006-2025.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/978/projeto_de_resolucao_007-2025.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/979/projeto_de_resolucao_008-2025.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/980/projeto_de_resolucao_009-2025.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/981/projeto_de_resolucao_010-2025.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/982/projeto_de_resolucao_011-2025.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/764/requerimento_-_001_-_2025.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/765/requerimento_-_002-2025.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/766/requerimento_-_003-2025.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/767/requerimento_-_004_-_2025.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/768/requerimento_-_005_-_2025.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/769/requerimento_-006_-_2025.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/794/requerimento_008-2025.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/795/requerimento_009_-_2025.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/796/requerimento_010-2025.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/824/requerimento_n011-2025.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/823/requerimento_n_012-2025.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/845/requerimento_013_-_2025.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/841/requerimento_n_014-2025.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/842/requerimento_n_015-2025.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/843/requerimento_n_0162025.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/851/requerimento_017_-_2025.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/860/requerimento_n_019-2025.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/861/requerimento_n_020-2025.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/862/requerimento_n_021_-_2025.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/897/requerimento_022-2025.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/898/requerimento_023-2025.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/899/requerimento_024-2025.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/903/requerimento_025_-_ze_do_parto_e_outros.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/912/requerimento_026.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/913/requerimento_027.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/914/requerimento_028.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/926/requerimento_29_-_jose_weber.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/962/requerimento_31.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/745/projeto_de_lei_001-2025_correto.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/727/oficio_n001-2025.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2026/728/oficio_n002-2025.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/729/oficio_n003-2025.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/730/oficio_n004-_2025.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/726/oficio_n005_-_2025.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/732/oficio_n006_-_2025.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/733/oficio_n007-2025.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/734/oficio_n008-2025.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/735/oficio_n009-2025.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/736/oficio_n010-2025.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/737/oficio_n011-2025.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/731/oficio_n_012-2025.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/741/oficio_n_023_-_2025.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/778/justificativa_pl_1.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/779/oficio_envio_pl_recomposicao_da_apredizagem_-_assinado_oficio_93.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/748/emenda_modificativa_no_001_de_2025_-_projeto_de_resolucao_no_001_de_31_de_janeiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/749/emenda_002-2025.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/750/emenda_modificativa_n_003_de_2025__ao___projeto_de_lei_n_001_de_31_de_janeiro_de_2025..pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/751/emenda_004-2025.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/944/modificativa_n_005.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/948/modificativa_n_006.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/952/modificativa_n_007.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/953/modificativa_n_008.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/818/emenda_aditiva_n_001_de_2025_-_projeto_de_lei_n_007_de_07_de_marco.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/864/emenda_aditiva_n_001-2025.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/945/aditiva_n_003.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/946/aditiva_n_004.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/947/aditiva_n_005.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/949/aditiva_n_006.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/950/aditiva_n_007.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/951/aditiva_008.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/954/aditiva_n_009.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/955/aditiva_n_010.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/956/aditiva_n_011.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/968/emenda_aditiva_impositiva_n_001.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/976/emenda_aditiva_impositiva_002.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/969/emenda_aditiva_impositiva_n_003.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/970/emenda_aditiva_impositiva_n_004.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/977/emenda_aditiva_impositiva_005.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/971/emenda_aditiva_impositiva_n_006.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/972/emenda_aditiva_impositiva_n_007.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/973/emenda_aditiva_impositiva_n_008.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/975/emenda_aditiva_impositiva_009.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/974/emenda_aditiva_impositiva_n_010.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/927/requerimento_licenca_cargo_vice-prefeito-gleison_28129_assinado.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H235"/>
+  <dimension ref="A1:H250"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="126.5703125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="164" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -7665,1695 +7808,2085 @@
       </c>
       <c r="D171" t="s">
         <v>644</v>
       </c>
       <c r="E171" t="s">
         <v>645</v>
       </c>
       <c r="F171" t="s">
         <v>546</v>
       </c>
       <c r="G171" s="1" t="s">
         <v>661</v>
       </c>
       <c r="H171" t="s">
         <v>662</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
         <v>663</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
-        <v>10</v>
+        <v>39</v>
       </c>
       <c r="D172" t="s">
+        <v>644</v>
+      </c>
+      <c r="E172" t="s">
+        <v>645</v>
+      </c>
+      <c r="F172" t="s">
+        <v>546</v>
+      </c>
+      <c r="G172" s="1" t="s">
         <v>664</v>
       </c>
-      <c r="E172" t="s">
+      <c r="H172" t="s">
         <v>665</v>
-      </c>
-[...7 lines deleted...]
-        <v>667</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
+        <v>666</v>
+      </c>
+      <c r="B173" t="s">
+        <v>9</v>
+      </c>
+      <c r="C173" t="s">
+        <v>43</v>
+      </c>
+      <c r="D173" t="s">
+        <v>644</v>
+      </c>
+      <c r="E173" t="s">
+        <v>645</v>
+      </c>
+      <c r="F173" t="s">
+        <v>546</v>
+      </c>
+      <c r="G173" s="1" t="s">
+        <v>667</v>
+      </c>
+      <c r="H173" t="s">
         <v>668</v>
-      </c>
-[...19 lines deleted...]
-        <v>670</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
+        <v>669</v>
+      </c>
+      <c r="B174" t="s">
+        <v>9</v>
+      </c>
+      <c r="C174" t="s">
+        <v>47</v>
+      </c>
+      <c r="D174" t="s">
+        <v>644</v>
+      </c>
+      <c r="E174" t="s">
+        <v>645</v>
+      </c>
+      <c r="F174" t="s">
+        <v>546</v>
+      </c>
+      <c r="G174" s="1" t="s">
+        <v>670</v>
+      </c>
+      <c r="H174" t="s">
         <v>671</v>
-      </c>
-[...19 lines deleted...]
-        <v>674</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>675</v>
+        <v>672</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
-        <v>26</v>
+        <v>51</v>
       </c>
       <c r="D175" t="s">
-        <v>664</v>
+        <v>644</v>
       </c>
       <c r="E175" t="s">
-        <v>665</v>
+        <v>645</v>
       </c>
       <c r="F175" t="s">
-        <v>676</v>
+        <v>546</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>677</v>
+        <v>673</v>
       </c>
       <c r="H175" t="s">
-        <v>678</v>
+        <v>674</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>679</v>
+        <v>675</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
-        <v>30</v>
+        <v>491</v>
       </c>
       <c r="D176" t="s">
-        <v>664</v>
+        <v>644</v>
       </c>
       <c r="E176" t="s">
-        <v>665</v>
+        <v>645</v>
       </c>
       <c r="F176" t="s">
-        <v>71</v>
+        <v>546</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>680</v>
+        <v>676</v>
       </c>
       <c r="H176" t="s">
-        <v>681</v>
+        <v>677</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
+        <v>678</v>
+      </c>
+      <c r="B177" t="s">
+        <v>9</v>
+      </c>
+      <c r="C177" t="s">
+        <v>10</v>
+      </c>
+      <c r="D177" t="s">
+        <v>679</v>
+      </c>
+      <c r="E177" t="s">
+        <v>680</v>
+      </c>
+      <c r="F177" t="s">
+        <v>57</v>
+      </c>
+      <c r="G177" s="1" t="s">
+        <v>681</v>
+      </c>
+      <c r="H177" t="s">
         <v>682</v>
-      </c>
-[...19 lines deleted...]
-        <v>684</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
+        <v>683</v>
+      </c>
+      <c r="B178" t="s">
+        <v>9</v>
+      </c>
+      <c r="C178" t="s">
+        <v>17</v>
+      </c>
+      <c r="D178" t="s">
+        <v>679</v>
+      </c>
+      <c r="E178" t="s">
+        <v>680</v>
+      </c>
+      <c r="F178" t="s">
+        <v>57</v>
+      </c>
+      <c r="G178" s="1" t="s">
+        <v>684</v>
+      </c>
+      <c r="H178" t="s">
         <v>685</v>
-      </c>
-[...19 lines deleted...]
-        <v>687</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
+        <v>686</v>
+      </c>
+      <c r="B179" t="s">
+        <v>9</v>
+      </c>
+      <c r="C179" t="s">
+        <v>22</v>
+      </c>
+      <c r="D179" t="s">
+        <v>679</v>
+      </c>
+      <c r="E179" t="s">
+        <v>680</v>
+      </c>
+      <c r="F179" t="s">
+        <v>687</v>
+      </c>
+      <c r="G179" s="1" t="s">
         <v>688</v>
       </c>
-      <c r="B179" t="s">
-[...14 lines deleted...]
-      <c r="G179" s="1" t="s">
+      <c r="H179" t="s">
         <v>689</v>
-      </c>
-[...1 lines deleted...]
-        <v>690</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
+        <v>690</v>
+      </c>
+      <c r="B180" t="s">
+        <v>9</v>
+      </c>
+      <c r="C180" t="s">
+        <v>26</v>
+      </c>
+      <c r="D180" t="s">
+        <v>679</v>
+      </c>
+      <c r="E180" t="s">
+        <v>680</v>
+      </c>
+      <c r="F180" t="s">
         <v>691</v>
-      </c>
-[...13 lines deleted...]
-        <v>71</v>
       </c>
       <c r="G180" s="1" t="s">
         <v>692</v>
       </c>
       <c r="H180" t="s">
         <v>693</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
         <v>694</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
-        <v>491</v>
+        <v>30</v>
       </c>
       <c r="D181" t="s">
-        <v>664</v>
+        <v>679</v>
       </c>
       <c r="E181" t="s">
-        <v>665</v>
+        <v>680</v>
       </c>
       <c r="F181" t="s">
-        <v>35</v>
+        <v>71</v>
       </c>
       <c r="G181" s="1" t="s">
         <v>695</v>
       </c>
       <c r="H181" t="s">
         <v>696</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
         <v>697</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
-        <v>56</v>
+        <v>34</v>
       </c>
       <c r="D182" t="s">
-        <v>664</v>
+        <v>679</v>
       </c>
       <c r="E182" t="s">
-        <v>665</v>
+        <v>680</v>
       </c>
       <c r="F182" t="s">
+        <v>71</v>
+      </c>
+      <c r="G182" s="1" t="s">
         <v>698</v>
       </c>
-      <c r="G182" s="1" t="s">
+      <c r="H182" t="s">
         <v>699</v>
-      </c>
-[...1 lines deleted...]
-        <v>700</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
+        <v>700</v>
+      </c>
+      <c r="B183" t="s">
+        <v>9</v>
+      </c>
+      <c r="C183" t="s">
+        <v>43</v>
+      </c>
+      <c r="D183" t="s">
+        <v>679</v>
+      </c>
+      <c r="E183" t="s">
+        <v>680</v>
+      </c>
+      <c r="F183" t="s">
+        <v>102</v>
+      </c>
+      <c r="G183" s="1" t="s">
         <v>701</v>
       </c>
-      <c r="B183" t="s">
-[...14 lines deleted...]
-      <c r="G183" s="1" t="s">
+      <c r="H183" t="s">
         <v>702</v>
-      </c>
-[...1 lines deleted...]
-        <v>703</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
+        <v>703</v>
+      </c>
+      <c r="B184" t="s">
+        <v>9</v>
+      </c>
+      <c r="C184" t="s">
+        <v>47</v>
+      </c>
+      <c r="D184" t="s">
+        <v>679</v>
+      </c>
+      <c r="E184" t="s">
+        <v>680</v>
+      </c>
+      <c r="F184" t="s">
+        <v>18</v>
+      </c>
+      <c r="G184" s="1" t="s">
         <v>704</v>
       </c>
-      <c r="B184" t="s">
-[...14 lines deleted...]
-      <c r="G184" s="1" t="s">
+      <c r="H184" t="s">
         <v>705</v>
-      </c>
-[...1 lines deleted...]
-        <v>706</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
+        <v>706</v>
+      </c>
+      <c r="B185" t="s">
+        <v>9</v>
+      </c>
+      <c r="C185" t="s">
+        <v>51</v>
+      </c>
+      <c r="D185" t="s">
+        <v>679</v>
+      </c>
+      <c r="E185" t="s">
+        <v>680</v>
+      </c>
+      <c r="F185" t="s">
+        <v>71</v>
+      </c>
+      <c r="G185" s="1" t="s">
         <v>707</v>
       </c>
-      <c r="B185" t="s">
-[...14 lines deleted...]
-      <c r="G185" s="1" t="s">
+      <c r="H185" t="s">
         <v>708</v>
-      </c>
-[...1 lines deleted...]
-        <v>709</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
+        <v>709</v>
+      </c>
+      <c r="B186" t="s">
+        <v>9</v>
+      </c>
+      <c r="C186" t="s">
+        <v>491</v>
+      </c>
+      <c r="D186" t="s">
+        <v>679</v>
+      </c>
+      <c r="E186" t="s">
+        <v>680</v>
+      </c>
+      <c r="F186" t="s">
+        <v>35</v>
+      </c>
+      <c r="G186" s="1" t="s">
         <v>710</v>
       </c>
-      <c r="B186" t="s">
-[...14 lines deleted...]
-      <c r="G186" s="1" t="s">
+      <c r="H186" t="s">
         <v>711</v>
-      </c>
-[...1 lines deleted...]
-        <v>712</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
+        <v>712</v>
+      </c>
+      <c r="B187" t="s">
+        <v>9</v>
+      </c>
+      <c r="C187" t="s">
+        <v>56</v>
+      </c>
+      <c r="D187" t="s">
+        <v>679</v>
+      </c>
+      <c r="E187" t="s">
+        <v>680</v>
+      </c>
+      <c r="F187" t="s">
         <v>713</v>
-      </c>
-[...13 lines deleted...]
-        <v>18</v>
       </c>
       <c r="G187" s="1" t="s">
         <v>714</v>
       </c>
       <c r="H187" t="s">
-        <v>241</v>
+        <v>715</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B188" t="s">
         <v>9</v>
       </c>
       <c r="C188" t="s">
-        <v>88</v>
+        <v>61</v>
       </c>
       <c r="D188" t="s">
-        <v>664</v>
+        <v>679</v>
       </c>
       <c r="E188" t="s">
-        <v>665</v>
+        <v>680</v>
       </c>
       <c r="F188" t="s">
-        <v>57</v>
+        <v>713</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="H188" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
-        <v>93</v>
+        <v>66</v>
       </c>
       <c r="D189" t="s">
-        <v>664</v>
+        <v>679</v>
       </c>
       <c r="E189" t="s">
-        <v>665</v>
+        <v>680</v>
       </c>
       <c r="F189" t="s">
-        <v>57</v>
+        <v>102</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="H189" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
-        <v>97</v>
+        <v>70</v>
       </c>
       <c r="D190" t="s">
-        <v>664</v>
+        <v>679</v>
       </c>
       <c r="E190" t="s">
-        <v>665</v>
+        <v>680</v>
       </c>
       <c r="F190" t="s">
-        <v>57</v>
+        <v>687</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="H190" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
-        <v>101</v>
+        <v>75</v>
       </c>
       <c r="D191" t="s">
-        <v>664</v>
+        <v>679</v>
       </c>
       <c r="E191" t="s">
-        <v>665</v>
+        <v>680</v>
       </c>
       <c r="F191" t="s">
-        <v>35</v>
+        <v>13</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="H191" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
-        <v>106</v>
+        <v>80</v>
       </c>
       <c r="D192" t="s">
-        <v>664</v>
+        <v>679</v>
       </c>
       <c r="E192" t="s">
-        <v>665</v>
+        <v>680</v>
       </c>
       <c r="F192" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="H192" t="s">
-        <v>729</v>
+        <v>241</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
         <v>730</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
-        <v>111</v>
+        <v>88</v>
       </c>
       <c r="D193" t="s">
-        <v>664</v>
+        <v>679</v>
       </c>
       <c r="E193" t="s">
-        <v>665</v>
+        <v>680</v>
       </c>
       <c r="F193" t="s">
-        <v>76</v>
+        <v>57</v>
       </c>
       <c r="G193" s="1" t="s">
         <v>731</v>
       </c>
       <c r="H193" t="s">
         <v>732</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
         <v>733</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
-        <v>115</v>
+        <v>93</v>
       </c>
       <c r="D194" t="s">
-        <v>664</v>
+        <v>679</v>
       </c>
       <c r="E194" t="s">
-        <v>665</v>
+        <v>680</v>
       </c>
       <c r="F194" t="s">
+        <v>57</v>
+      </c>
+      <c r="G194" s="1" t="s">
         <v>734</v>
       </c>
-      <c r="G194" s="1" t="s">
+      <c r="H194" t="s">
         <v>735</v>
-      </c>
-[...1 lines deleted...]
-        <v>736</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
+        <v>736</v>
+      </c>
+      <c r="B195" t="s">
+        <v>9</v>
+      </c>
+      <c r="C195" t="s">
+        <v>97</v>
+      </c>
+      <c r="D195" t="s">
+        <v>679</v>
+      </c>
+      <c r="E195" t="s">
+        <v>680</v>
+      </c>
+      <c r="F195" t="s">
+        <v>57</v>
+      </c>
+      <c r="G195" s="1" t="s">
         <v>737</v>
       </c>
-      <c r="B195" t="s">
-[...14 lines deleted...]
-      <c r="G195" s="1" t="s">
+      <c r="H195" t="s">
         <v>738</v>
-      </c>
-[...1 lines deleted...]
-        <v>739</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
+        <v>739</v>
+      </c>
+      <c r="B196" t="s">
+        <v>9</v>
+      </c>
+      <c r="C196" t="s">
+        <v>101</v>
+      </c>
+      <c r="D196" t="s">
+        <v>679</v>
+      </c>
+      <c r="E196" t="s">
+        <v>680</v>
+      </c>
+      <c r="F196" t="s">
+        <v>35</v>
+      </c>
+      <c r="G196" s="1" t="s">
         <v>740</v>
       </c>
-      <c r="B196" t="s">
-[...11 lines deleted...]
-      <c r="F196" t="s">
+      <c r="H196" t="s">
         <v>741</v>
-      </c>
-[...4 lines deleted...]
-        <v>743</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
-        <v>744</v>
+        <v>742</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="C197" t="s">
-        <v>123</v>
+        <v>106</v>
       </c>
       <c r="D197" t="s">
-        <v>664</v>
+        <v>679</v>
       </c>
       <c r="E197" t="s">
-        <v>665</v>
+        <v>680</v>
       </c>
       <c r="F197" t="s">
         <v>57</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>745</v>
+        <v>743</v>
       </c>
       <c r="H197" t="s">
-        <v>746</v>
+        <v>744</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
+        <v>745</v>
+      </c>
+      <c r="B198" t="s">
+        <v>9</v>
+      </c>
+      <c r="C198" t="s">
+        <v>111</v>
+      </c>
+      <c r="D198" t="s">
+        <v>679</v>
+      </c>
+      <c r="E198" t="s">
+        <v>680</v>
+      </c>
+      <c r="F198" t="s">
+        <v>76</v>
+      </c>
+      <c r="G198" s="1" t="s">
+        <v>746</v>
+      </c>
+      <c r="H198" t="s">
         <v>747</v>
-      </c>
-[...19 lines deleted...]
-        <v>749</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
+        <v>748</v>
+      </c>
+      <c r="B199" t="s">
+        <v>9</v>
+      </c>
+      <c r="C199" t="s">
+        <v>115</v>
+      </c>
+      <c r="D199" t="s">
+        <v>679</v>
+      </c>
+      <c r="E199" t="s">
+        <v>680</v>
+      </c>
+      <c r="F199" t="s">
+        <v>749</v>
+      </c>
+      <c r="G199" s="1" t="s">
         <v>750</v>
       </c>
-      <c r="B199" t="s">
-[...14 lines deleted...]
-      <c r="G199" s="1" t="s">
+      <c r="H199" t="s">
         <v>751</v>
-      </c>
-[...1 lines deleted...]
-        <v>752</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
+        <v>752</v>
+      </c>
+      <c r="B200" t="s">
+        <v>9</v>
+      </c>
+      <c r="C200" t="s">
+        <v>571</v>
+      </c>
+      <c r="D200" t="s">
+        <v>679</v>
+      </c>
+      <c r="E200" t="s">
+        <v>680</v>
+      </c>
+      <c r="F200" t="s">
+        <v>35</v>
+      </c>
+      <c r="G200" s="1" t="s">
         <v>753</v>
       </c>
-      <c r="B200" t="s">
-[...5 lines deleted...]
-      <c r="D200" t="s">
+      <c r="H200" t="s">
         <v>754</v>
-      </c>
-[...10 lines deleted...]
-        <v>757</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
+        <v>755</v>
+      </c>
+      <c r="B201" t="s">
+        <v>9</v>
+      </c>
+      <c r="C201" t="s">
+        <v>119</v>
+      </c>
+      <c r="D201" t="s">
+        <v>679</v>
+      </c>
+      <c r="E201" t="s">
+        <v>680</v>
+      </c>
+      <c r="F201" t="s">
+        <v>756</v>
+      </c>
+      <c r="G201" s="1" t="s">
+        <v>757</v>
+      </c>
+      <c r="H201" t="s">
         <v>758</v>
-      </c>
-[...19 lines deleted...]
-        <v>762</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
-        <v>763</v>
+        <v>759</v>
       </c>
       <c r="B202" t="s">
         <v>9</v>
       </c>
       <c r="C202" t="s">
-        <v>17</v>
+        <v>123</v>
       </c>
       <c r="D202" t="s">
-        <v>759</v>
+        <v>679</v>
       </c>
       <c r="E202" t="s">
+        <v>680</v>
+      </c>
+      <c r="F202" t="s">
+        <v>57</v>
+      </c>
+      <c r="G202" s="1" t="s">
         <v>760</v>
       </c>
-      <c r="F202" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H202" t="s">
-        <v>765</v>
+        <v>761</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
-        <v>766</v>
+        <v>762</v>
       </c>
       <c r="B203" t="s">
         <v>9</v>
       </c>
       <c r="C203" t="s">
-        <v>22</v>
+        <v>580</v>
       </c>
       <c r="D203" t="s">
-        <v>759</v>
+        <v>679</v>
       </c>
       <c r="E203" t="s">
-        <v>760</v>
+        <v>680</v>
       </c>
       <c r="F203" t="s">
-        <v>35</v>
+        <v>102</v>
       </c>
       <c r="G203" s="1" t="s">
-        <v>767</v>
+        <v>763</v>
       </c>
       <c r="H203" t="s">
-        <v>768</v>
+        <v>764</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
-        <v>769</v>
+        <v>765</v>
       </c>
       <c r="B204" t="s">
         <v>9</v>
       </c>
       <c r="C204" t="s">
-        <v>26</v>
+        <v>131</v>
       </c>
       <c r="D204" t="s">
-        <v>759</v>
+        <v>679</v>
       </c>
       <c r="E204" t="s">
-        <v>760</v>
+        <v>680</v>
       </c>
       <c r="F204" t="s">
-        <v>35</v>
+        <v>13</v>
       </c>
       <c r="G204" s="1" t="s">
-        <v>770</v>
+        <v>766</v>
       </c>
       <c r="H204" t="s">
-        <v>771</v>
+        <v>767</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
+        <v>768</v>
+      </c>
+      <c r="B205" t="s">
+        <v>9</v>
+      </c>
+      <c r="C205" t="s">
+        <v>10</v>
+      </c>
+      <c r="D205" t="s">
+        <v>769</v>
+      </c>
+      <c r="E205" t="s">
+        <v>770</v>
+      </c>
+      <c r="F205" t="s">
+        <v>497</v>
+      </c>
+      <c r="G205" s="1" t="s">
+        <v>771</v>
+      </c>
+      <c r="H205" t="s">
         <v>772</v>
-      </c>
-[...19 lines deleted...]
-        <v>774</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
+        <v>773</v>
+      </c>
+      <c r="B206" t="s">
+        <v>9</v>
+      </c>
+      <c r="C206" t="s">
+        <v>10</v>
+      </c>
+      <c r="D206" t="s">
+        <v>774</v>
+      </c>
+      <c r="E206" t="s">
         <v>775</v>
       </c>
-      <c r="B206" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F206" t="s">
-        <v>35</v>
+        <v>18</v>
       </c>
       <c r="G206" s="1" t="s">
         <v>776</v>
       </c>
       <c r="H206" t="s">
         <v>777</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
         <v>778</v>
       </c>
       <c r="B207" t="s">
         <v>9</v>
       </c>
       <c r="C207" t="s">
-        <v>39</v>
+        <v>17</v>
       </c>
       <c r="D207" t="s">
-        <v>759</v>
+        <v>774</v>
       </c>
       <c r="E207" t="s">
-        <v>760</v>
+        <v>775</v>
       </c>
       <c r="F207" t="s">
-        <v>35</v>
+        <v>18</v>
       </c>
       <c r="G207" s="1" t="s">
         <v>779</v>
       </c>
       <c r="H207" t="s">
         <v>780</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
         <v>781</v>
       </c>
       <c r="B208" t="s">
         <v>9</v>
       </c>
       <c r="C208" t="s">
-        <v>43</v>
+        <v>22</v>
       </c>
       <c r="D208" t="s">
-        <v>759</v>
+        <v>774</v>
       </c>
       <c r="E208" t="s">
-        <v>760</v>
+        <v>775</v>
       </c>
       <c r="F208" t="s">
         <v>35</v>
       </c>
       <c r="G208" s="1" t="s">
         <v>782</v>
       </c>
       <c r="H208" t="s">
         <v>783</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
         <v>784</v>
       </c>
       <c r="B209" t="s">
         <v>9</v>
       </c>
       <c r="C209" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="D209" t="s">
-        <v>759</v>
+        <v>774</v>
       </c>
       <c r="E209" t="s">
-        <v>760</v>
+        <v>775</v>
       </c>
       <c r="F209" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="G209" s="1" t="s">
         <v>785</v>
       </c>
       <c r="H209" t="s">
         <v>786</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
         <v>787</v>
       </c>
       <c r="B210" t="s">
         <v>9</v>
       </c>
       <c r="C210" t="s">
-        <v>51</v>
+        <v>30</v>
       </c>
       <c r="D210" t="s">
-        <v>759</v>
+        <v>774</v>
       </c>
       <c r="E210" t="s">
-        <v>760</v>
+        <v>775</v>
       </c>
       <c r="F210" t="s">
         <v>18</v>
       </c>
       <c r="G210" s="1" t="s">
         <v>788</v>
       </c>
       <c r="H210" t="s">
-        <v>786</v>
+        <v>789</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
       <c r="B211" t="s">
         <v>9</v>
       </c>
       <c r="C211" t="s">
-        <v>491</v>
+        <v>34</v>
       </c>
       <c r="D211" t="s">
-        <v>759</v>
+        <v>774</v>
       </c>
       <c r="E211" t="s">
-        <v>760</v>
+        <v>775</v>
       </c>
       <c r="F211" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="H211" t="s">
-        <v>786</v>
+        <v>792</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
-        <v>791</v>
+        <v>793</v>
       </c>
       <c r="B212" t="s">
         <v>9</v>
       </c>
       <c r="C212" t="s">
-        <v>56</v>
+        <v>39</v>
       </c>
       <c r="D212" t="s">
-        <v>759</v>
+        <v>774</v>
       </c>
       <c r="E212" t="s">
-        <v>760</v>
+        <v>775</v>
       </c>
       <c r="F212" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>792</v>
+        <v>794</v>
       </c>
       <c r="H212" t="s">
-        <v>793</v>
+        <v>795</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
-        <v>794</v>
+        <v>796</v>
       </c>
       <c r="B213" t="s">
         <v>9</v>
       </c>
       <c r="C213" t="s">
-        <v>106</v>
+        <v>43</v>
       </c>
       <c r="D213" t="s">
-        <v>759</v>
+        <v>774</v>
       </c>
       <c r="E213" t="s">
-        <v>760</v>
+        <v>775</v>
+      </c>
+      <c r="F213" t="s">
+        <v>35</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>795</v>
+        <v>797</v>
       </c>
       <c r="H213" t="s">
-        <v>796</v>
+        <v>798</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
-        <v>797</v>
+        <v>799</v>
       </c>
       <c r="B214" t="s">
         <v>9</v>
       </c>
       <c r="C214" t="s">
-        <v>111</v>
+        <v>47</v>
       </c>
       <c r="D214" t="s">
-        <v>759</v>
+        <v>774</v>
       </c>
       <c r="E214" t="s">
-        <v>760</v>
+        <v>775</v>
       </c>
       <c r="F214" t="s">
-        <v>484</v>
+        <v>18</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>798</v>
+        <v>800</v>
       </c>
       <c r="H214" t="s">
-        <v>799</v>
+        <v>801</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
-        <v>800</v>
+        <v>802</v>
       </c>
       <c r="B215" t="s">
         <v>9</v>
       </c>
       <c r="C215" t="s">
-        <v>115</v>
+        <v>51</v>
       </c>
       <c r="D215" t="s">
-        <v>759</v>
+        <v>774</v>
       </c>
       <c r="E215" t="s">
-        <v>760</v>
+        <v>775</v>
       </c>
       <c r="F215" t="s">
-        <v>497</v>
+        <v>18</v>
       </c>
       <c r="G215" s="1" t="s">
+        <v>803</v>
+      </c>
+      <c r="H215" t="s">
         <v>801</v>
-      </c>
-[...1 lines deleted...]
-        <v>802</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="B216" t="s">
         <v>9</v>
       </c>
       <c r="C216" t="s">
-        <v>10</v>
+        <v>491</v>
       </c>
       <c r="D216" t="s">
-        <v>804</v>
+        <v>774</v>
       </c>
       <c r="E216" t="s">
+        <v>775</v>
+      </c>
+      <c r="F216" t="s">
+        <v>18</v>
+      </c>
+      <c r="G216" s="1" t="s">
         <v>805</v>
       </c>
-      <c r="F216" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H216" t="s">
-        <v>807</v>
+        <v>801</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
+        <v>806</v>
+      </c>
+      <c r="B217" t="s">
+        <v>9</v>
+      </c>
+      <c r="C217" t="s">
+        <v>56</v>
+      </c>
+      <c r="D217" t="s">
+        <v>774</v>
+      </c>
+      <c r="E217" t="s">
+        <v>775</v>
+      </c>
+      <c r="F217" t="s">
+        <v>18</v>
+      </c>
+      <c r="G217" s="1" t="s">
+        <v>807</v>
+      </c>
+      <c r="H217" t="s">
         <v>808</v>
-      </c>
-[...16 lines deleted...]
-        <v>810</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
+        <v>809</v>
+      </c>
+      <c r="B218" t="s">
+        <v>9</v>
+      </c>
+      <c r="C218" t="s">
+        <v>106</v>
+      </c>
+      <c r="D218" t="s">
+        <v>774</v>
+      </c>
+      <c r="E218" t="s">
+        <v>775</v>
+      </c>
+      <c r="G218" s="1" t="s">
+        <v>810</v>
+      </c>
+      <c r="H218" t="s">
         <v>811</v>
-      </c>
-[...16 lines deleted...]
-        <v>813</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
+        <v>812</v>
+      </c>
+      <c r="B219" t="s">
+        <v>9</v>
+      </c>
+      <c r="C219" t="s">
+        <v>111</v>
+      </c>
+      <c r="D219" t="s">
+        <v>774</v>
+      </c>
+      <c r="E219" t="s">
+        <v>775</v>
+      </c>
+      <c r="F219" t="s">
+        <v>484</v>
+      </c>
+      <c r="G219" s="1" t="s">
+        <v>813</v>
+      </c>
+      <c r="H219" t="s">
         <v>814</v>
-      </c>
-[...19 lines deleted...]
-        <v>816</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
+        <v>815</v>
+      </c>
+      <c r="B220" t="s">
+        <v>9</v>
+      </c>
+      <c r="C220" t="s">
+        <v>115</v>
+      </c>
+      <c r="D220" t="s">
+        <v>774</v>
+      </c>
+      <c r="E220" t="s">
+        <v>775</v>
+      </c>
+      <c r="F220" t="s">
+        <v>497</v>
+      </c>
+      <c r="G220" s="1" t="s">
+        <v>816</v>
+      </c>
+      <c r="H220" t="s">
         <v>817</v>
-      </c>
-[...19 lines deleted...]
-        <v>820</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
+        <v>818</v>
+      </c>
+      <c r="B221" t="s">
+        <v>9</v>
+      </c>
+      <c r="C221" t="s">
+        <v>10</v>
+      </c>
+      <c r="D221" t="s">
+        <v>819</v>
+      </c>
+      <c r="E221" t="s">
+        <v>820</v>
+      </c>
+      <c r="F221" t="s">
+        <v>102</v>
+      </c>
+      <c r="G221" s="1" t="s">
         <v>821</v>
       </c>
-      <c r="B221" t="s">
-[...14 lines deleted...]
-      <c r="G221" s="1" t="s">
+      <c r="H221" t="s">
         <v>822</v>
-      </c>
-[...1 lines deleted...]
-        <v>823</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
+        <v>823</v>
+      </c>
+      <c r="B222" t="s">
+        <v>9</v>
+      </c>
+      <c r="C222" t="s">
+        <v>17</v>
+      </c>
+      <c r="D222" t="s">
+        <v>819</v>
+      </c>
+      <c r="E222" t="s">
+        <v>820</v>
+      </c>
+      <c r="G222" s="1" t="s">
         <v>824</v>
       </c>
-      <c r="B222" t="s">
-[...14 lines deleted...]
-      <c r="G222" s="1" t="s">
+      <c r="H222" t="s">
         <v>825</v>
-      </c>
-[...1 lines deleted...]
-        <v>826</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
+        <v>826</v>
+      </c>
+      <c r="B223" t="s">
+        <v>9</v>
+      </c>
+      <c r="C223" t="s">
+        <v>22</v>
+      </c>
+      <c r="D223" t="s">
+        <v>819</v>
+      </c>
+      <c r="E223" t="s">
+        <v>820</v>
+      </c>
+      <c r="G223" s="1" t="s">
         <v>827</v>
       </c>
-      <c r="B223" t="s">
-[...14 lines deleted...]
-      <c r="G223" s="1" t="s">
+      <c r="H223" t="s">
         <v>828</v>
-      </c>
-[...1 lines deleted...]
-        <v>829</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
+        <v>829</v>
+      </c>
+      <c r="B224" t="s">
+        <v>9</v>
+      </c>
+      <c r="C224" t="s">
+        <v>26</v>
+      </c>
+      <c r="D224" t="s">
+        <v>819</v>
+      </c>
+      <c r="E224" t="s">
+        <v>820</v>
+      </c>
+      <c r="F224" t="s">
+        <v>57</v>
+      </c>
+      <c r="G224" s="1" t="s">
         <v>830</v>
       </c>
-      <c r="B224" t="s">
-[...5 lines deleted...]
-      <c r="D224" t="s">
+      <c r="H224" t="s">
         <v>831</v>
-      </c>
-[...10 lines deleted...]
-        <v>834</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
+        <v>832</v>
+      </c>
+      <c r="B225" t="s">
+        <v>9</v>
+      </c>
+      <c r="C225" t="s">
+        <v>30</v>
+      </c>
+      <c r="D225" t="s">
+        <v>819</v>
+      </c>
+      <c r="E225" t="s">
+        <v>820</v>
+      </c>
+      <c r="F225" t="s">
+        <v>833</v>
+      </c>
+      <c r="G225" s="1" t="s">
+        <v>834</v>
+      </c>
+      <c r="H225" t="s">
         <v>835</v>
-      </c>
-[...19 lines deleted...]
-        <v>837</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
+        <v>836</v>
+      </c>
+      <c r="B226" t="s">
+        <v>9</v>
+      </c>
+      <c r="C226" t="s">
+        <v>34</v>
+      </c>
+      <c r="D226" t="s">
+        <v>819</v>
+      </c>
+      <c r="E226" t="s">
+        <v>820</v>
+      </c>
+      <c r="F226" t="s">
+        <v>833</v>
+      </c>
+      <c r="G226" s="1" t="s">
+        <v>837</v>
+      </c>
+      <c r="H226" t="s">
         <v>838</v>
-      </c>
-[...19 lines deleted...]
-        <v>840</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
+        <v>839</v>
+      </c>
+      <c r="B227" t="s">
+        <v>9</v>
+      </c>
+      <c r="C227" t="s">
+        <v>39</v>
+      </c>
+      <c r="D227" t="s">
+        <v>819</v>
+      </c>
+      <c r="E227" t="s">
+        <v>820</v>
+      </c>
+      <c r="F227" t="s">
+        <v>833</v>
+      </c>
+      <c r="G227" s="1" t="s">
+        <v>840</v>
+      </c>
+      <c r="H227" t="s">
         <v>841</v>
-      </c>
-[...19 lines deleted...]
-        <v>843</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
+        <v>842</v>
+      </c>
+      <c r="B228" t="s">
+        <v>9</v>
+      </c>
+      <c r="C228" t="s">
+        <v>43</v>
+      </c>
+      <c r="D228" t="s">
+        <v>819</v>
+      </c>
+      <c r="E228" t="s">
+        <v>820</v>
+      </c>
+      <c r="F228" t="s">
+        <v>833</v>
+      </c>
+      <c r="G228" s="1" t="s">
+        <v>843</v>
+      </c>
+      <c r="H228" t="s">
         <v>844</v>
-      </c>
-[...19 lines deleted...]
-        <v>846</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
+        <v>845</v>
+      </c>
+      <c r="B229" t="s">
+        <v>9</v>
+      </c>
+      <c r="C229" t="s">
+        <v>10</v>
+      </c>
+      <c r="D229" t="s">
+        <v>846</v>
+      </c>
+      <c r="E229" t="s">
         <v>847</v>
       </c>
-      <c r="B229" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F229" t="s">
-        <v>818</v>
+        <v>756</v>
       </c>
       <c r="G229" s="1" t="s">
         <v>848</v>
       </c>
       <c r="H229" t="s">
         <v>849</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
         <v>850</v>
       </c>
       <c r="B230" t="s">
         <v>9</v>
       </c>
       <c r="C230" t="s">
-        <v>39</v>
+        <v>17</v>
       </c>
       <c r="D230" t="s">
-        <v>831</v>
+        <v>846</v>
       </c>
       <c r="E230" t="s">
-        <v>832</v>
+        <v>847</v>
       </c>
       <c r="F230" t="s">
-        <v>818</v>
+        <v>107</v>
       </c>
       <c r="G230" s="1" t="s">
         <v>851</v>
       </c>
       <c r="H230" t="s">
         <v>852</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
         <v>853</v>
       </c>
       <c r="B231" t="s">
         <v>9</v>
       </c>
       <c r="C231" t="s">
-        <v>43</v>
+        <v>22</v>
       </c>
       <c r="D231" t="s">
-        <v>831</v>
+        <v>846</v>
       </c>
       <c r="E231" t="s">
-        <v>832</v>
+        <v>847</v>
       </c>
       <c r="F231" t="s">
-        <v>818</v>
+        <v>833</v>
       </c>
       <c r="G231" s="1" t="s">
         <v>854</v>
       </c>
       <c r="H231" t="s">
         <v>855</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
         <v>856</v>
       </c>
       <c r="B232" t="s">
         <v>9</v>
       </c>
       <c r="C232" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="D232" t="s">
-        <v>831</v>
+        <v>846</v>
       </c>
       <c r="E232" t="s">
-        <v>832</v>
+        <v>847</v>
       </c>
       <c r="F232" t="s">
-        <v>818</v>
+        <v>833</v>
       </c>
       <c r="G232" s="1" t="s">
         <v>857</v>
       </c>
       <c r="H232" t="s">
         <v>858</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
         <v>859</v>
       </c>
       <c r="B233" t="s">
         <v>9</v>
       </c>
       <c r="C233" t="s">
-        <v>51</v>
+        <v>30</v>
       </c>
       <c r="D233" t="s">
-        <v>831</v>
+        <v>846</v>
       </c>
       <c r="E233" t="s">
-        <v>832</v>
+        <v>847</v>
       </c>
       <c r="F233" t="s">
-        <v>818</v>
+        <v>833</v>
       </c>
       <c r="G233" s="1" t="s">
         <v>860</v>
       </c>
       <c r="H233" t="s">
         <v>861</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
         <v>862</v>
       </c>
       <c r="B234" t="s">
         <v>9</v>
       </c>
       <c r="C234" t="s">
-        <v>491</v>
+        <v>34</v>
       </c>
       <c r="D234" t="s">
-        <v>831</v>
+        <v>846</v>
       </c>
       <c r="E234" t="s">
-        <v>832</v>
+        <v>847</v>
       </c>
       <c r="F234" t="s">
-        <v>818</v>
+        <v>833</v>
       </c>
       <c r="G234" s="1" t="s">
         <v>863</v>
       </c>
       <c r="H234" t="s">
         <v>864</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
         <v>865</v>
       </c>
       <c r="B235" t="s">
         <v>9</v>
       </c>
       <c r="C235" t="s">
+        <v>39</v>
+      </c>
+      <c r="D235" t="s">
+        <v>846</v>
+      </c>
+      <c r="E235" t="s">
+        <v>847</v>
+      </c>
+      <c r="F235" t="s">
+        <v>833</v>
+      </c>
+      <c r="G235" s="1" t="s">
+        <v>866</v>
+      </c>
+      <c r="H235" t="s">
+        <v>867</v>
+      </c>
+    </row>
+    <row r="236" spans="1:8">
+      <c r="A236" t="s">
+        <v>868</v>
+      </c>
+      <c r="B236" t="s">
+        <v>9</v>
+      </c>
+      <c r="C236" t="s">
+        <v>43</v>
+      </c>
+      <c r="D236" t="s">
+        <v>846</v>
+      </c>
+      <c r="E236" t="s">
+        <v>847</v>
+      </c>
+      <c r="F236" t="s">
+        <v>833</v>
+      </c>
+      <c r="G236" s="1" t="s">
+        <v>869</v>
+      </c>
+      <c r="H236" t="s">
+        <v>870</v>
+      </c>
+    </row>
+    <row r="237" spans="1:8">
+      <c r="A237" t="s">
+        <v>871</v>
+      </c>
+      <c r="B237" t="s">
+        <v>9</v>
+      </c>
+      <c r="C237" t="s">
+        <v>47</v>
+      </c>
+      <c r="D237" t="s">
+        <v>846</v>
+      </c>
+      <c r="E237" t="s">
+        <v>847</v>
+      </c>
+      <c r="F237" t="s">
+        <v>833</v>
+      </c>
+      <c r="G237" s="1" t="s">
+        <v>872</v>
+      </c>
+      <c r="H237" t="s">
+        <v>873</v>
+      </c>
+    </row>
+    <row r="238" spans="1:8">
+      <c r="A238" t="s">
+        <v>874</v>
+      </c>
+      <c r="B238" t="s">
+        <v>9</v>
+      </c>
+      <c r="C238" t="s">
+        <v>51</v>
+      </c>
+      <c r="D238" t="s">
+        <v>846</v>
+      </c>
+      <c r="E238" t="s">
+        <v>847</v>
+      </c>
+      <c r="F238" t="s">
+        <v>833</v>
+      </c>
+      <c r="G238" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="H238" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="239" spans="1:8">
+      <c r="A239" t="s">
+        <v>877</v>
+      </c>
+      <c r="B239" t="s">
+        <v>9</v>
+      </c>
+      <c r="C239" t="s">
+        <v>491</v>
+      </c>
+      <c r="D239" t="s">
+        <v>846</v>
+      </c>
+      <c r="E239" t="s">
+        <v>847</v>
+      </c>
+      <c r="F239" t="s">
+        <v>833</v>
+      </c>
+      <c r="G239" s="1" t="s">
+        <v>878</v>
+      </c>
+      <c r="H239" t="s">
+        <v>879</v>
+      </c>
+    </row>
+    <row r="240" spans="1:8">
+      <c r="A240" t="s">
+        <v>880</v>
+      </c>
+      <c r="B240" t="s">
+        <v>9</v>
+      </c>
+      <c r="C240" t="s">
         <v>10</v>
       </c>
-      <c r="D235" t="s">
-[...12 lines deleted...]
-        <v>870</v>
+      <c r="D240" t="s">
+        <v>881</v>
+      </c>
+      <c r="E240" t="s">
+        <v>882</v>
+      </c>
+      <c r="F240" t="s">
+        <v>18</v>
+      </c>
+      <c r="G240" s="1" t="s">
+        <v>883</v>
+      </c>
+      <c r="H240" t="s">
+        <v>884</v>
+      </c>
+    </row>
+    <row r="241" spans="1:8">
+      <c r="A241" t="s">
+        <v>885</v>
+      </c>
+      <c r="B241" t="s">
+        <v>9</v>
+      </c>
+      <c r="C241" t="s">
+        <v>17</v>
+      </c>
+      <c r="D241" t="s">
+        <v>881</v>
+      </c>
+      <c r="E241" t="s">
+        <v>882</v>
+      </c>
+      <c r="F241" t="s">
+        <v>102</v>
+      </c>
+      <c r="G241" s="1" t="s">
+        <v>886</v>
+      </c>
+      <c r="H241" t="s">
+        <v>887</v>
+      </c>
+    </row>
+    <row r="242" spans="1:8">
+      <c r="A242" t="s">
+        <v>888</v>
+      </c>
+      <c r="B242" t="s">
+        <v>9</v>
+      </c>
+      <c r="C242" t="s">
+        <v>22</v>
+      </c>
+      <c r="D242" t="s">
+        <v>881</v>
+      </c>
+      <c r="E242" t="s">
+        <v>882</v>
+      </c>
+      <c r="F242" t="s">
+        <v>57</v>
+      </c>
+      <c r="G242" s="1" t="s">
+        <v>889</v>
+      </c>
+      <c r="H242" t="s">
+        <v>890</v>
+      </c>
+    </row>
+    <row r="243" spans="1:8">
+      <c r="A243" t="s">
+        <v>891</v>
+      </c>
+      <c r="B243" t="s">
+        <v>9</v>
+      </c>
+      <c r="C243" t="s">
+        <v>26</v>
+      </c>
+      <c r="D243" t="s">
+        <v>881</v>
+      </c>
+      <c r="E243" t="s">
+        <v>882</v>
+      </c>
+      <c r="F243" t="s">
+        <v>71</v>
+      </c>
+      <c r="G243" s="1" t="s">
+        <v>892</v>
+      </c>
+      <c r="H243" t="s">
+        <v>893</v>
+      </c>
+    </row>
+    <row r="244" spans="1:8">
+      <c r="A244" t="s">
+        <v>894</v>
+      </c>
+      <c r="B244" t="s">
+        <v>9</v>
+      </c>
+      <c r="C244" t="s">
+        <v>30</v>
+      </c>
+      <c r="D244" t="s">
+        <v>881</v>
+      </c>
+      <c r="E244" t="s">
+        <v>882</v>
+      </c>
+      <c r="F244" t="s">
+        <v>198</v>
+      </c>
+      <c r="G244" s="1" t="s">
+        <v>895</v>
+      </c>
+      <c r="H244" t="s">
+        <v>896</v>
+      </c>
+    </row>
+    <row r="245" spans="1:8">
+      <c r="A245" t="s">
+        <v>897</v>
+      </c>
+      <c r="B245" t="s">
+        <v>9</v>
+      </c>
+      <c r="C245" t="s">
+        <v>34</v>
+      </c>
+      <c r="D245" t="s">
+        <v>881</v>
+      </c>
+      <c r="E245" t="s">
+        <v>882</v>
+      </c>
+      <c r="F245" t="s">
+        <v>35</v>
+      </c>
+      <c r="G245" s="1" t="s">
+        <v>898</v>
+      </c>
+      <c r="H245" t="s">
+        <v>899</v>
+      </c>
+    </row>
+    <row r="246" spans="1:8">
+      <c r="A246" t="s">
+        <v>900</v>
+      </c>
+      <c r="B246" t="s">
+        <v>9</v>
+      </c>
+      <c r="C246" t="s">
+        <v>39</v>
+      </c>
+      <c r="D246" t="s">
+        <v>881</v>
+      </c>
+      <c r="E246" t="s">
+        <v>882</v>
+      </c>
+      <c r="F246" t="s">
+        <v>13</v>
+      </c>
+      <c r="G246" s="1" t="s">
+        <v>901</v>
+      </c>
+      <c r="H246" t="s">
+        <v>902</v>
+      </c>
+    </row>
+    <row r="247" spans="1:8">
+      <c r="A247" t="s">
+        <v>903</v>
+      </c>
+      <c r="B247" t="s">
+        <v>9</v>
+      </c>
+      <c r="C247" t="s">
+        <v>43</v>
+      </c>
+      <c r="D247" t="s">
+        <v>881</v>
+      </c>
+      <c r="E247" t="s">
+        <v>882</v>
+      </c>
+      <c r="F247" t="s">
+        <v>76</v>
+      </c>
+      <c r="G247" s="1" t="s">
+        <v>904</v>
+      </c>
+      <c r="H247" t="s">
+        <v>905</v>
+      </c>
+    </row>
+    <row r="248" spans="1:8">
+      <c r="A248" t="s">
+        <v>906</v>
+      </c>
+      <c r="B248" t="s">
+        <v>9</v>
+      </c>
+      <c r="C248" t="s">
+        <v>47</v>
+      </c>
+      <c r="D248" t="s">
+        <v>881</v>
+      </c>
+      <c r="E248" t="s">
+        <v>882</v>
+      </c>
+      <c r="F248" t="s">
+        <v>52</v>
+      </c>
+      <c r="G248" s="1" t="s">
+        <v>907</v>
+      </c>
+      <c r="H248" t="s">
+        <v>908</v>
+      </c>
+    </row>
+    <row r="249" spans="1:8">
+      <c r="A249" t="s">
+        <v>909</v>
+      </c>
+      <c r="B249" t="s">
+        <v>9</v>
+      </c>
+      <c r="C249" t="s">
+        <v>51</v>
+      </c>
+      <c r="D249" t="s">
+        <v>881</v>
+      </c>
+      <c r="E249" t="s">
+        <v>882</v>
+      </c>
+      <c r="F249" t="s">
+        <v>107</v>
+      </c>
+      <c r="G249" s="1" t="s">
+        <v>910</v>
+      </c>
+      <c r="H249" t="s">
+        <v>911</v>
+      </c>
+    </row>
+    <row r="250" spans="1:8">
+      <c r="A250" t="s">
+        <v>912</v>
+      </c>
+      <c r="B250" t="s">
+        <v>9</v>
+      </c>
+      <c r="C250" t="s">
+        <v>10</v>
+      </c>
+      <c r="D250" t="s">
+        <v>913</v>
+      </c>
+      <c r="E250" t="s">
+        <v>914</v>
+      </c>
+      <c r="F250" t="s">
+        <v>915</v>
+      </c>
+      <c r="G250" s="1" t="s">
+        <v>916</v>
+      </c>
+      <c r="H250" t="s">
+        <v>917</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -9548,50 +10081,65 @@
     <hyperlink ref="G211" r:id="rId210"/>
     <hyperlink ref="G212" r:id="rId211"/>
     <hyperlink ref="G213" r:id="rId212"/>
     <hyperlink ref="G214" r:id="rId213"/>
     <hyperlink ref="G215" r:id="rId214"/>
     <hyperlink ref="G216" r:id="rId215"/>
     <hyperlink ref="G217" r:id="rId216"/>
     <hyperlink ref="G218" r:id="rId217"/>
     <hyperlink ref="G219" r:id="rId218"/>
     <hyperlink ref="G220" r:id="rId219"/>
     <hyperlink ref="G221" r:id="rId220"/>
     <hyperlink ref="G222" r:id="rId221"/>
     <hyperlink ref="G223" r:id="rId222"/>
     <hyperlink ref="G224" r:id="rId223"/>
     <hyperlink ref="G225" r:id="rId224"/>
     <hyperlink ref="G226" r:id="rId225"/>
     <hyperlink ref="G227" r:id="rId226"/>
     <hyperlink ref="G228" r:id="rId227"/>
     <hyperlink ref="G229" r:id="rId228"/>
     <hyperlink ref="G230" r:id="rId229"/>
     <hyperlink ref="G231" r:id="rId230"/>
     <hyperlink ref="G232" r:id="rId231"/>
     <hyperlink ref="G233" r:id="rId232"/>
     <hyperlink ref="G234" r:id="rId233"/>
     <hyperlink ref="G235" r:id="rId234"/>
+    <hyperlink ref="G236" r:id="rId235"/>
+    <hyperlink ref="G237" r:id="rId236"/>
+    <hyperlink ref="G238" r:id="rId237"/>
+    <hyperlink ref="G239" r:id="rId238"/>
+    <hyperlink ref="G240" r:id="rId239"/>
+    <hyperlink ref="G241" r:id="rId240"/>
+    <hyperlink ref="G242" r:id="rId241"/>
+    <hyperlink ref="G243" r:id="rId242"/>
+    <hyperlink ref="G244" r:id="rId243"/>
+    <hyperlink ref="G245" r:id="rId244"/>
+    <hyperlink ref="G246" r:id="rId245"/>
+    <hyperlink ref="G247" r:id="rId246"/>
+    <hyperlink ref="G248" r:id="rId247"/>
+    <hyperlink ref="G249" r:id="rId248"/>
+    <hyperlink ref="G250" r:id="rId249"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>