--- v2 (2026-01-29)
+++ v3 (2026-03-15)
@@ -54,2997 +54,2997 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>755</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>JOSÉ DO PARTO CARDOSO LISBOA</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/755/indicacao_-_001_-_2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/755/indicacao_-_001_-_2025.pdf</t>
   </si>
   <si>
     <t>Senhora Presidente, apresento a V. Exa. nos termos regimentais, a presente Indicação ao Prefeito Municipal Senhor José Ailson Dantas Queiroz, vem,_x000D_
 respeitosamente, requerer a Vossa Excelência a realização de estudo técnico e a avaliação da viabilidade orçamentária e administrativa para a equiparação_x000D_
 salarial entre os cargos de Professor PHA e Professor PVIA no município de Urucuia/MG.</t>
   </si>
   <si>
     <t>756</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>ALBANITA ANJOS</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/756/indicacao_-_002_-_2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/756/indicacao_-_002_-_2025.pdf</t>
   </si>
   <si>
     <t>Senhor Presidente, nos termos regimentais, apresento a Vossa Excelência a presente Indicação ao Excelentíssimo Senhor Prefeito Municipal José Ailson_x000D_
 Dantas Queiroz, solicitando a construção de uma Policlínica no município de Urucuia/MG, com atendimentos especializados em diversas areas, incluindo_x000D_
 saúde da mulher.</t>
   </si>
   <si>
     <t>757</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/757/indicacao_-_003_-_2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/757/indicacao_-_003_-_2025.pdf</t>
   </si>
   <si>
     <t>Senhor Presidente, nos termos regimentais, apresento a Vossa Excelência a presente Indicação ao Excelentíssimo Senhor Prefeito Municipal José Ai!son_x000D_
 Dantas Queiroz, solicitando a Construção de um Centro de Especialização para pessoas Neuroatipicas em Urucuia-MG.</t>
   </si>
   <si>
     <t>758</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/758/indicacao_-_004_-_2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/758/indicacao_-_004_-_2025.pdf</t>
   </si>
   <si>
     <t>Excelentíssimo Senhor Presidente o Vereador que esta subscreve, nos termos regimentais, indica ao Excelentíssimo Senhor Prefeito Municipal José Ailson_x000D_
 Dantas Queiroz, que seja realizada a reforma da balsa que atende a comunidade, tendo em vista que, nas condições em que se encontra, não atende_x000D_
 as normas exigidas pela Marinha do Brasil, comprometendo a segurança dos usuários e a eficiência do serviço de transporte.</t>
   </si>
   <si>
     <t>759</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/759/indicacao_-_005_-_2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/759/indicacao_-_005_-_2025.pdf</t>
   </si>
   <si>
     <t>Excelentíssimo Senhor Presidente, o Vereador que esta subscreve, nos termos regimentais, indica ao Excelentíssimo Senhor Prefeito Municipal, José Ailson_x000D_
 Dantas Queiroz, a necessidade da construção de uma passarela para pedestres na saída da cidade de Urucuia/MG, sentido Brasilia/DF.</t>
   </si>
   <si>
     <t>760</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>NETÃO DO POVO</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/760/indicacao_-_006_-_2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/760/indicacao_-_006_-_2025.pdf</t>
   </si>
   <si>
     <t>Excelentíssimo Senhor Presidente, o Vereador que esta subscreve, no uso de suas atribuições legais e regimentais, INDICA ao Excelentíssimo Senhor Prefeito Municipal José Ailson Dantas Queiroz que sejam adotadas as providências necessárias para a pavimentação asfáltica ou com bloquetes das ruas do distrito de Bonito, bem como a renovação das tubulações de água para os moradores.</t>
   </si>
   <si>
     <t>761</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/761/indicacao_-_007_-_2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/761/indicacao_-_007_-_2025.pdf</t>
   </si>
   <si>
     <t>Excelentíssimo Senhor Presidente, o Vereador que esta subscreve, no uso de suas atribuições legais e regimentais, vem indicar ao Excelentíssimo Senhor_x000D_
 Prefeito Municipal José Ailson Dantas de Queiroz a necessidade de melhorias na estrada que liga a rodovia ás comunidades Judas, Matão, Morrinhos e Vereda Grande, com a realização de encascalhamento e a construção de passagem molhada ou pontes de concreto nos córregos Judas, Riacho Seco e Campo Grande.</t>
   </si>
   <si>
     <t>762</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/762/indicacao_-_008_-_2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/762/indicacao_-_008_-_2025.pdf</t>
   </si>
   <si>
     <t>Excelentíssimo Senhor Presidente, o Vereador que esta subscreve, no uso de suas atribuições legais e regimentais, vem respeitosamente indicar ao_x000D_
 Excelentíssimo Senhor Prefeito Municipal José Ailson Dantas de Queiroz a necessidade de perfuração de dois poços artesianos no distrito de Vereda_x000D_
 Grande, com a instalação de um reservatório com capacidade para 20 mil litros.</t>
   </si>
   <si>
     <t>763</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/763/indicacao_-_009_-_2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/763/indicacao_-_009_-_2025.pdf</t>
   </si>
   <si>
     <t>Excelentíssimo Senhor Presidente, o Vereador que esta subscreve, no uso de suas atribuições legais e regimentais, vem respeitosamente indicar ao_x000D_
 Excelentíssimo Senhor Prefeito Municipal José Ailson Dantas de Queiroz a necessidade de instalação de luminárias no canteiro central da Avenida BH, no_x000D_
 distrito de Vereda Grande.</t>
   </si>
   <si>
     <t>780</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Mamédio</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/780/indicacao_n_010-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/780/indicacao_n_010-2025.pdf</t>
   </si>
   <si>
     <t>Excelentíssima Senhora Presidente, 0 Vereador que esta subscreve, no uso de suas atribuições legais e regimentais, vem, respeitosamente, indicar ao_x000D_
 Executivo Municipal a necessidade de perfuração de um poço artesiano na comunidade Galho Grande, com o objetivo de atender ás necessidades dos_x000D_
 moradores locais, garantindo o abastecimento adequado de água potável.</t>
   </si>
   <si>
     <t>781</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>RONALDO</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/781/indicacao_012-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/781/indicacao_012-2025.pdf</t>
   </si>
   <si>
     <t>Excelentíssima Senhora Presidente, o Vereador que esta subscreve, no uso de suas atribuições legais e regimentais, requer a esta Casa Legislativa que, após aprovada, seja encaminhada a presente Indicação ao Excelentíssimo Senhor Prefeito Municipal e à Secretaria Municipal de Saúde, recomendando a_x000D_
 transformação da Unidade Básica de Saúde - UBS da localidade de Santa Cruz em uma Unidade de Estratégia de Saúde da Família (PSF).</t>
   </si>
   <si>
     <t>782</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>ALBANITA ANJOS, NILSINHO</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/782/indicacao_013_-2025-.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/782/indicacao_013_-2025-.pdf</t>
   </si>
   <si>
     <t>Excelentíssima Senhora Presidente, os Vereadores que esta subscrevem, no uso de suas atribuições legais e regimentais, requerem a esta Casa Legislativa_x000D_
 que, após aprovada, seja encaminhada a presente Indicação ao Excelentíssimo Senhor Prefeito Municipal, para viabilizar a elaboração e execução de projeto para a construção de uma orla na beira do Rio Urucuia.</t>
   </si>
   <si>
     <t>800</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/800/indicacao_-_014_-_2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/800/indicacao_-_014_-_2025.pdf</t>
   </si>
   <si>
     <t>Excelentíssima Senhora Presidente, o Vereador que esta subscreve, nos termos regimentais, indica ao Excelentíssimo Senhor Prefeito Municipal que_x000D_
 sejam tomadas as providências necessárias para a extensão da rede elétrica na comunidade Vereda Grande.</t>
   </si>
   <si>
     <t>783</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>OSVALDINO</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/783/indicacao_015-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/783/indicacao_015-2025.pdf</t>
   </si>
   <si>
     <t>Excelentíssima Senhora Presidente, o Vereador que esta subscreve, no uso de suas atribuições legais e regimentais, vem respeitosamente indicar ao Excelentíssimo Senhor Prefeito Municipal José Ailson Dantas Queiroz, a necessidade da perfuração e equipagem de um poço artesiano na Comunidade Judas, no município de Urucuia-MG.</t>
   </si>
   <si>
     <t>801</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>GERALDO GALEGO</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/801/indicacao_-_016_-_2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/801/indicacao_-_016_-_2025.pdf</t>
   </si>
   <si>
     <t>Senhora Presidente, nos termos regimentais, apresento a Vossa Excelência a presente Indicação ao Excelentíssimo Senhor Prefeito Municipal José Ailson_x000D_
 Dantas Queiroz, a necessidade de realizar a reforma da Quadra Poliesportiva Renatão</t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/784/indicacao_017-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/784/indicacao_017-2025.pdf</t>
   </si>
   <si>
     <t>Excelentíssima Senhora Presidente, o Vereador que esta subscreve, no uso de suas atribuições legais e regimentais, vem respeitosamente indicar ao_x000D_
 Excelentíssimo Senhor Prefeito Municipal José Ailson Dantas Queiroz, a necessidade urgente de reformar e adequar o prédio escolar localizado na_x000D_
 comunidade Projeto Assentamento Barreirinho, no município de Urucuia-MG, para que seja transformado em um ambiente adequado para atendimentos_x000D_
 médicos e consultas.</t>
   </si>
   <si>
     <t>785</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/785/indicacao_018-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/785/indicacao_018-2025.pdf</t>
   </si>
   <si>
     <t>Excelentíssima Senhora Presidente, o Vereador que esta subscreve, no uso de suas atribuições legais e regimentais, vem respeitosamente indicar ao_x000D_
 Excelentíssimo Senhor Prefeito Municipal José Ailson Dantas Queiroz, a necessidade de aquisição de aparelhos e equipamentos para a realização_x000D_
 dos exames HOLTER e MAPA na rede municipal de saúde.</t>
   </si>
   <si>
     <t>786</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>GERALDO GALEGO, JOSÉ DO PARTO CARDOSO LISBOA</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/786/indicacao_019-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/786/indicacao_019-2025.pdf</t>
   </si>
   <si>
     <t>Excelentíssima Senhora Presidente, o Vereador que esta subscreve, no uso de suas atribuições legais e regimentais, vem respeitosamente indicar ao_x000D_
 Excelentíssimo Senhor Prefeito Municipal José Ailson Dantas Queiroz, a necessidade de duplicar, pavimentar e arborizar a Avenida principal do Distrito de_x000D_
 Santa Cruz.</t>
   </si>
   <si>
     <t>787</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/787/indicacao_020-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/787/indicacao_020-2025.pdf</t>
   </si>
   <si>
     <t>Excelentíssima Senhora Presidente, o Vereador que esta subscreve, no uso de suas atribuições legais e regimentais, vem respeitosamente indicar ao Excelentíssimo Senhor Prefeito Municipal José Ailson Dantas Queiroz, a necessidade da instalação de contêineres para a captação de lixo nos distritos de Vereda Grande, Bonito e Santa Cruz, garantindo um descarte adequado e um recolhimento organizado, conforme a demanda da Secretaria responsável.</t>
   </si>
   <si>
     <t>788</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/788/indicacao_021-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/788/indicacao_021-2025.pdf</t>
   </si>
   <si>
     <t>Excelentíssima Senhora Presidente, o Vereador que esta subscreve, no uso de suas atribuições legais e regimentais, vem respeitosamente indicar ao Excelentíssimo Senhor Prefeito Municipal José Ailson Dantas Queiroz, a possibilidade de construção de uma praça arborizada com academia ao ar livre no distrito de Bonito.</t>
   </si>
   <si>
     <t>789</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>BEBIM</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/789/indicacao_022_-_2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/789/indicacao_022_-_2025.pdf</t>
   </si>
   <si>
     <t>Excelentíssima Senhora Presidente, o Vereador que esta subscreve, no uso de suas atribuições legais e regimentais, vem respeitosamente indicar ao_x000D_
 Excelentíssimo Senhor Prefeito Municipal José Ailson Dantas Queiroz, a necessidade de instalar ar-condicionado em todos os quartos e enfermarias do_x000D_
 Hospital Municipal de Urucuia-MG, Gricia Lisboa de Rezende.</t>
   </si>
   <si>
     <t>790</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>ALBANITA ANJOS, BEBIM, GERALDO GALEGO, JOSÉ DO PARTO CARDOSO LISBOA, Mamédio, NETÃO DO POVO, NILSINHO, OSVALDINO, RONALDO</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/790/indicacao_023-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/790/indicacao_023-2025.pdf</t>
   </si>
   <si>
     <t>Excelentíssimo Senhor Presidente, os Vereadores que esta subscreve, no uso de suas atribuições legais e regimentais, veem respeitosamente indicar ao_x000D_
 Excelentíssimo Senhor Prefeito Municipal José Ai!son Dantas Queiroz, a necessidade de igualar o salário de motorista de categoria B e D, devido á grande_x000D_
 disparidade.</t>
   </si>
   <si>
     <t>791</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/791/indicacao_024-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/791/indicacao_024-2025.pdf</t>
   </si>
   <si>
     <t>Excelentíssimo Senhor Presidente, a Vereadora que esta subscreve, no uso de suas atribuições legais e regimentais, vem respeitosamente indicar ao_x000D_
 Excelentíssimo Senhor Prefeito Municipal José Ailson Dantas Queiroz, que transforme o cargo e o vencimento dos Auxiliares de Enfermagem para a_x000D_
 carreira de Técnico de Enfermagem, conforme as normas e legislações vigentes.</t>
   </si>
   <si>
     <t>797</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/797/indicacao_025-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/797/indicacao_025-2025.pdf</t>
   </si>
   <si>
     <t>Excelentíssima Senhora Presidente, o Vereador que esta subscreve, no uso de suas atribuições legais e regimentais, vem respeitosamente indicar ao_x000D_
 Excelentíssimo Senhor Prefeito Municipal José Ailson Dantas Queiroz, a necessidade de aquisição de tubos para a canalização de Agua na_x000D_
 comunidade do Projeto Barreirinho, no município de Urucuia/MG.</t>
   </si>
   <si>
     <t>805</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/805/indicacao_no027-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/805/indicacao_no027-2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, no uso de suas atribuições legais e regimentais, indica ao Excelentíssimo Senhor Prefeito Municipal que sejam_x000D_
 tomadas as providências necessárias para viabilizar a cobertura da quadra poliesportiva localizada na comunidade Vereda Grande, zona rural do_x000D_
 município de Urucuia/MG.</t>
   </si>
   <si>
     <t>804</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/804/indicacao_028_-_2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/804/indicacao_028_-_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, no uso de suas atribuições legais e regimentais, indica ao Excelentíssimo Senhor Prefeito Municipal que sejam_x000D_
 adotadas medidas para implantação de um sistema de drenagem profunda na Avenida Guimarães Rosa e no bairro São Geraldo, no município de_x000D_
 Urucuia/MG.</t>
   </si>
   <si>
     <t>802</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/802/indicacao_-_no_030_-_2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/802/indicacao_-_no_030_-_2025.pdf</t>
   </si>
   <si>
     <t>Senhora Presidente, nos termos regimentais, apresento a Vossa Excelência a presente Indicação ao Excelentíssimo Senhor Prefeito Municipal José Ai!son_x000D_
 Dantas Queiroz, que seja realizado um estudo de viabilidade para o reajuste salarial dos servidores municipais que atualmente recebem apenas um_x000D_
 salário-mínimo, bem como o pagamento do adicional de insalubridade aos garis do município de Urucuia-MG.</t>
   </si>
   <si>
     <t>803</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/803/indicacao_-_no_31_-_2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/803/indicacao_-_no_31_-_2025.pdf</t>
   </si>
   <si>
     <t>Senhora Presidente, nos termos regimentais, apresento a Vossa Excelência a presente Indicação ao Excelentíssimo Senhor Prefeito Municipal José Ailson_x000D_
 Dantas Queiroz, a necessidade de realizar a construção e implantação de parquinhos ecológicos infantis em diversos pontos da cidade de Urucuia-MG,_x000D_
 especialmente em praças e locais públicos de convivência.</t>
   </si>
   <si>
     <t>844</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/844/projeto_de_indicacao_jose_do_parto_e_ronaldo_-.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/844/projeto_de_indicacao_jose_do_parto_e_ronaldo_-.pdf</t>
   </si>
   <si>
     <t>Senhora Presidente, nos termos regimentais, apresento a Vossa Excelência a presente Indicação ao Excelentíssimo Senhor Prefeito Municipal José Ailson_x000D_
 Dantas Queiroz, a possibilidade de pagamento do adicional de insalubridade aos Agentes Comunitários de Sa úde (ACS) e Agentes de Combate às_x000D_
 Endemias (ACE) do municí pio de Urucuia-MG , conforme a legislação vigente.</t>
   </si>
   <si>
     <t>806</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/806/indicacao_no033-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/806/indicacao_no033-2025.pdf</t>
   </si>
   <si>
     <t>Senhora Presidente, nos termos regimentais, apresento a Vossa Excelência a presente Indicação ao Excelentíssimo Senhor Prefeito Municipal José Ailson_x000D_
 Dantas Queiroz, que seja realizado um estudo de viabilidade para a implantação de um sistema de videomonitoramento, com a instalação de câmeras de_x000D_
 segurança em pontos estratégicos da cidade de Urucuia-MG, com o objetivo de reforçar a segurança pública e contribuir para a prevenção de delitos.</t>
   </si>
   <si>
     <t>813</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/813/indicacao_de_lei_034_-_2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/813/indicacao_de_lei_034_-_2025.pdf</t>
   </si>
   <si>
     <t>Senhora Presidente, nos termos regimentais, apresento a Vossa Excelência a presente Indicação ao Excelentíssimo Senhor Prefeito Municipal José Ailson_x000D_
 Dantas Queiroz, que seja avaliada a possibilidade de estabelecer uma rotina semanal de coletas laboratoriais nos Postos de Saúde da Família (PSFs) dos_x000D_
 distritos de Vereda Grande, Bonito e Santa Cruz, facilitando o acesso da população local aos serviços básicos de saúde.</t>
   </si>
   <si>
     <t>812</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/812/projeto_de_lei_035_-_2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/812/projeto_de_lei_035_-_2025.pdf</t>
   </si>
   <si>
     <t>Senhor Presidente, nos termos regimentais, apresento a Vossa Excelência a presente Indicação ao Excelentíssimo Senhor Prefeito Municipal José Ailson_x000D_
 Dantas Queiroz, que sejam tomadas as providências necessárias para que a Farmácia Básica de Urucuia funcione em regime de plantão 24 horas por_x000D_
 dia, inclusive nos finais de semana e feriados, garantindo acesso ininterrupto a medicamentos essenciais.</t>
   </si>
   <si>
     <t>807</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/807/projeto_d_lei_036_-_2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/807/projeto_d_lei_036_-_2025.pdf</t>
   </si>
   <si>
     <t>Senhor Presidente, nos termos regimentais, apresento a Vossa Excelência a presente Indicação ao Excelentíssimo Senhor Prefeito Municipal José Ailson_x000D_
 Dantas Queiroz, a necessidade de construção de um Centro de Convivência do Idoso, com estrutura adequada para atender ás necessidades sociais, culturais e de lazer da população idosa do município de Urucuia-MG.</t>
   </si>
   <si>
     <t>820</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/820/indicacao_n_037-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/820/indicacao_n_037-2025.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, no uso de suas atribuições legais e regimentais, indica ao Excelentíssimo Senhor Prefeito Municipal, a aquisição_x000D_
 de um gabinete odontológico completo para o PSF (Programa Saúde da Família) da comunidade Vereda Grande.</t>
   </si>
   <si>
     <t>821</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/821/indicacao_n_038-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/821/indicacao_n_038-2025.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, no uso de suas atribuições legais e regimentais, indica ao Excelentíssimo Senhor Prefeito Municipal, a realização_x000D_
 de serviços de manutenção em todas as ruas calçadas com bloquetes na cidade de Urucuia.</t>
   </si>
   <si>
     <t>822</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/822/indicacao_n_039-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/822/indicacao_n_039-2025.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, no uso de suas atribuições legais e regimentais, indica ao Excelentíssimo Senhor Prefeito Municipal, a adoção de_x000D_
 providências para a implementação de rede de eletrificação, abastecimento de àgua e melhoramento das ruas do Bairro São Geraldo 2.</t>
   </si>
   <si>
     <t>825</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>JOSÉ DO PARTO CARDOSO LISBOA, Mamédio, NILSINHO, RONALDO</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/825/indicacao_n_040-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/825/indicacao_n_040-2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, ouvida a Casa no prazo regimental, vem requer de V. Exa. o encaminhamento da presente Indicação, para que o Chefe do Poder Executivo Municipal, por meio da Secretaria Municipal de Saúde, providencie a construção de uma Unidade Básica de Saúde (UBS) na área onde funcionava o antigo campo de futebol.</t>
   </si>
   <si>
     <t>826</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>JOSÉ DO PARTO CARDOSO LISBOA, RONALDO</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/826/indicacao_n_041-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/826/indicacao_n_041-2025.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que este subscreve, ouvida a Casa no prazo regimental, vêm requer de V. Exa. o encaminhamento da presente Indicação, para que o Chefe do Poder Executivo Municipal, por meio das secretarias competentes, providencie a construção de uma praga de lazer e uma academia ao ar_x000D_
 livre no distrito de Santa Cruz, especificamente na área situada entre os dois colégios existentes.</t>
   </si>
   <si>
     <t>827</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/827/indicacao_n_042-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/827/indicacao_n_042-2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, ouvida a Casa no prazo regimental, vem requer de V. Exa. o encaminhamento da presente indicação, para que o Chefe do Poder Executivo Municipal, por meio da secretaria competente, providencie a substituição das lâmpadas convencionais por lâmpadas de_x000D_
 LED nos distritos de Vereda Grande e Bonito.</t>
   </si>
   <si>
     <t>828</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/828/indicacao_n_043-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/828/indicacao_n_043-2025.pdf</t>
   </si>
   <si>
     <t>A Vereadora que este subscreve, ouvida a Casa no prazo regimental, vem requer de V. Exa. o encaminhamento da presente Indicação, para que o Chefe do Poder Executivo Municipal, juntamente com a Secretária Municipal de Saúde, providencie a instalação de ar-condicionado no consultório_x000D_
 odontológico do PSF de Santa Cruz e viabilize a ampliação do atendimento odontológico para pelo menos dois dias por semana.</t>
   </si>
   <si>
     <t>829</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/829/indicacao_n_044-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/829/indicacao_n_044-2025.pdf</t>
   </si>
   <si>
     <t>A Vereadora que este subscreve, ouvida a Casa no prazo regimental, vem requer de V. Exa. o encaminhamento da presente Indicação, para que o Chefe do Poder Executivo Municipal, por meio da Secretaria Municipal de Saúde, providencie a aquisição de um novo gabinete odontológico para o_x000D_
 PSF do Porto de Manga — "Maria da Conceição Aguiar da Mata", substituindo o atual que se encontra em más condições.</t>
   </si>
   <si>
     <t>830</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/830/indicacao_n_045-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/830/indicacao_n_045-2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, ouvida a Casa no prazo regimental, vem requer de V. Exa. o encaminhamento da presente Indicação, para que o Chefe do Poder Executivo Municipal, por meio da secretaria competente, providencie o levantamento e o cascalhamento da estrada vicinal que liga a_x000D_
 comunidade de Vereda Grande até a balsa que dá acesso ao município de São Romão.</t>
   </si>
   <si>
     <t>831</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/831/indicacao_n_046-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/831/indicacao_n_046-2025.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que este subscreve, ouvida a Casa no prazo regimental, vêm requer de V. Exa. o encaminhamento da presente Indicação, para que o Chefe do Poder Executivo Municipal, por meio da Secretaria competente, providencie estudos e posterior execução da duplicação da via principal do Distrito de Santa Cruz.</t>
   </si>
   <si>
     <t>832</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>NILSINHO</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/832/indicacao_n_047-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/832/indicacao_n_047-2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, ouvida a Casa no prazo regimental, vem requer de V. Exa. o encaminhamento da presente Indicação, para que o Chefe do Poder Executivo Municipal, por meio da secretaria competente, providencie a construção de uma praça pública no entorno da Igreja Matriz de Nossa Senhora da Conceição.</t>
   </si>
   <si>
     <t>833</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/833/indicacao_n_048-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/833/indicacao_n_048-2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, ouvida a Casa no prazo regimental, vem requer de V. Exa. o encaminhamento da presente Indicação, para que o Chefe do Poder Executivo Municipal, por meio da Secretaria competente, providencie a realização de melhorias na Rua João Pinheiro, incluindo a instalação de três redutores de velocidade (quebra-molas), conforme já solicitado e previamente marcados no local.</t>
   </si>
   <si>
     <t>834</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/834/indicacao_n_049-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/834/indicacao_n_049-2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, ouvida a Casa no prazo regimental, vem requer de V. Exa. o_x000D_
 encaminhamento da presente Indicação, para que o Chefe do Poder Executivo Municipal, por meio do_x000D_
 setor competente, providencie:_x000D_
 1. A colocação de placas de identificação com os nomes das ruas em todos os bairros do_x000D_
 município;_x000D_
 2. A instalação de sinalização de contramão, onde for necessário, para organização do_x000D_
 trânsito;_x000D_
 3. A substituição de quebra-molas por rampas, nos locais onde for tecnicamente viável,_x000D_
 visando à segurança e melhor mobilidade.</t>
   </si>
   <si>
     <t>835</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/835/indicacao_n_050-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/835/indicacao_n_050-2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, ouvida a Casa no prazo regimental, vem requer de V. Exa. o encaminhamento da presente Indicação, para que o Chefe do Poder Executivo Municipal, por meio da Secretaria competente, providencie a instalação de dois redutores de velocidade (quebra-molas)_x000D_
 na Rua Flonora Ramos, especificamente após o número 86.</t>
   </si>
   <si>
     <t>836</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>GERALDO GALEGO, NETÃO DO POVO</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/836/indicacao_n_051-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/836/indicacao_n_051-2025.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que este subscreve, ouvida a Casa no prazo regimental, vêm requer de V. Exa. o encaminhamento da presente Indicação, para que o Chefe do Poder Executivo Municipal, por meio da Secretaria de Obras e lnfraestrutura, providencie a construção de uma rotatória na entrada da_x000D_
 cidade, nas proximidades da unidade da COPASA, onde hoje existe um triângulo que dá acesso mão e contramão (entrada e saída) de Urucuia.</t>
   </si>
   <si>
     <t>837</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/837/indicacao_n_052-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/837/indicacao_n_052-2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, ouvida a Casa no prazo regimental, vem requer de V. Exa. o encaminhamento da presente Indicação, para que o Chefe do Poder Executivo Municipal, por meio da secretaria competente e em parceria com os órgãos ambientais responsáveis, providencie a recuperação do antigo canal do Córrego Tabocas, restabelecendo seu curso natural até a antiga barra no Rio Urucuia.</t>
   </si>
   <si>
     <t>838</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/838/indicacao_n_053-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/838/indicacao_n_053-2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, ouvida a Casa no prazo regimental, vem requer de V. Exa. o encaminhamento da presente Indicação, para que o Chefe do Poder Executivo Municipal, por meio da Secretaria de Obras e Transportes, providencie o cascalhamento de um trecho de aproximadamente 200 (duzentos) metros da estrada da balsa, situada entre o povoado São João do Rodeio e o município de São Romão.</t>
   </si>
   <si>
     <t>839</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/839/indicacao_n_054-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/839/indicacao_n_054-2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, no uso das atribuições que lhe são conferidas pelo Regimento Interno desta Casa Legislativa, indica ao Excelentíssimo Senhor Prefeito Municipal de Urucuia/MG que adote, com urgência, as providências necessárias para solicitar junto à Zona Eleitoral responsável a_x000D_
 instalação de uma Unidade de Atendimento ao Eleitor (UAE) em nosso município, conforme regulamentado pela Resolução TRE-MG n° 1.297, de 2025, do Tribunal Regional Eleitoral de Minas Gerais.</t>
   </si>
   <si>
     <t>848</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/848/indicacao_055_-_2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/848/indicacao_055_-_2025.pdf</t>
   </si>
   <si>
     <t>"A vereadora que esta subscreve, no uso de suas atribuições legais e regimentais, vem, respeitosamente, à presença de Vossa Excelência, indicar ao excelentíssimo Senhor Prefeito de Urucuia/MG, que determine ao setor competente da administração pública a realização de estudos e a posterior abertura de três poços artesianos destinados as seguintes associações rurais: ...."</t>
   </si>
   <si>
     <t>849</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/849/indicao_056_-_2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/849/indicao_056_-_2025.pdf</t>
   </si>
   <si>
     <t>"O vereador que esta subscreve, no uso de suas atribuições legais e regimentais, vem, respeitosamente, à presença de Vossa Excelência, requerer ao Poder Executivo Municipal, por meio da Secretaria Municipal de Obras e Serviços Públicos, a criação de um ponto de parada escolar na região da Fazenda Valverde, localizada as margens da via asfaltada que dá acesso à comunidade."</t>
   </si>
   <si>
     <t>850</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/</t>
   </si>
   <si>
     <t>"A vereadora que este subscreve, no uso de suas atribuições legais e regimentais, vem, respeitosamente, à presença de Vossa Excelência, requerer ao Poder Executivo Municipal, por meio da Secretaria Municipal de Saúde e da Secretaria de Obras, a aquisição e instalação de um padrão de energia elétrica de 220V para o Posto de Saúde da Família(PSF) do Distrito de Santa Cruz."</t>
   </si>
   <si>
     <t>854</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/854/indicacao_n_058-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/854/indicacao_n_058-2025.pdf</t>
   </si>
   <si>
     <t>Excelentíssima Senhora Presidente da Câmara Municipal de Urucuial-MG, o vereador que esta subscreve, no uso de suas atribuições legais e regimentais, vem, respeitosamente, à presença de Vossa Excelência, indicar ao Excelentíssimo Senhor Prefeito Municipal_x000D_
 de Urucuia/MG, que determine ao setor competente da administração pública a realização de estudos e_x000D_
 a posterior abertura de dois poços artesianos destinados ás seguintes associações rurais:_x000D_
 1-Associação dos Pequenos Chacareiros da Fazenda Mutuca;_x000D_
 2- Comunidade de Santa Cruz.</t>
   </si>
   <si>
     <t>855</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/855/indicacao_n_059_-_2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/855/indicacao_n_059_-_2025.pdf</t>
   </si>
   <si>
     <t>Excelentíssima Senhora Presidente da Camara Municipal de UrucuialMG, o Vereador que esta subscreve, no uso de suas atribuições legais e regimentais, indica ao Excelentíssimo Senhor Prefeito Municipal de Urucuia — MG, que sejam tomadas as devidas providências para:_x000D_
 Realização de levantamento e cascalhamento da estrada que da acesso a comunidade_x000D_
 Riacho Claro, neste município.</t>
   </si>
   <si>
     <t>856</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/856/indicacao_n_060_-_2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/856/indicacao_n_060_-_2025.pdf</t>
   </si>
   <si>
     <t>Excelentíssimo Senhor Vice-Presidente da Câmara Municipal de UrucuialMG, A Vereadora que esta subscreve, no uso de suas atribuições legais e regimentais, indica ao Excelentíssimo Senhor Prefeito Municipal de Urucuia — MG, a seguinte proposição:_x000D_
 Que a Policlínica a ser construída no município receba a denominação de "Policlínica Ana_x000D_
 Morais Pereira — Aninha".</t>
   </si>
   <si>
     <t>857</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/857/indicacao_n_061_-_2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/857/indicacao_n_061_-_2025.pdf</t>
   </si>
   <si>
     <t>Excelentíssimo Senhor Vice-Presidente da Camara Municipal de UrucuialMG, A Vereadora que esta subscreve, no uso de suas atribuições legais e regimentais, indica ao Excelentíssimo Senhor Prefeito Municipal de Urucuia — MG, a seguinte proposta:_x000D_
 Que o futuro Centro de Atendimento à Pessoa Neuroatipica, a ser construido no_x000D_
 município, receba o nome de "Maria Helena Alves dos Anjos — Tia Lena".</t>
   </si>
   <si>
     <t>858</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>Excelentíssima Senhora Presidente da Câmara Municipal de Urucuia/MG,_x000D_
 0 Vereador que esta subscreve, no uso de suas atribuições legais e regimentais, indica ao_x000D_
 Excelentíssimo Senhor Prefeito Municipal de Urucuia — MG, que sejam adotadas providências para:_x000D_
 Aquisição de uma nova caixa d'água, substituição do bebedouro e instalação de vidro na_x000D_
 sala onde está instalado o ar-condicionado no PSF (Posto de Saúde da Família) do distrito de_x000D_
 Bonito.</t>
   </si>
   <si>
     <t>859</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/859/indicacao_n_063-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/859/indicacao_n_063-2025.pdf</t>
   </si>
   <si>
     <t>Excelentíssima Senhora Presidente da Câmara Municipal de UrucuialMG,_x000D_
 0 Vereador que esta subscreve, no uso de suas atribuições legais e regimentais, indica ao_x000D_
 Excelentíssimo Senhor Prefeito Municipal de Urucuia — MG, que sejam tomadas as providências_x000D_
 necessárias para:_x000D_
 Construção de uma passagem molhada no córrego Palmeiras, localizado na propriedade_x000D_
 do senhor Ricardo dos Passos no distrito de Vereda Grande.</t>
   </si>
   <si>
     <t>863</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>"Instalar os postes com luminárias que foram retirados da passarela que dá acesso à Mutuca, nas seguintes localidades ...."</t>
   </si>
   <si>
     <t>870</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/870/indicacao_n_065-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/870/indicacao_n_065-2025.pdf</t>
   </si>
   <si>
     <t>Senhora Presidente, nos termos regimentais, venho respeitosamente apresentar_x000D_
 a Vossa Excelência a presente Indicação ao Excelentíssimo Senhor Prefeito_x000D_
 Municipal José Ailson Dantas Queiroz, a mudança do Nível VIII para X dos_x000D_
 vencimentos dos Monitores e Secretários Escolares com o objetivo de promover a_x000D_
 valorização desses profissionais, que desempenham funções essenciais no_x000D_
 ambiente escolar e no apoio ao processo educacional do município de Urucuia-_x000D_
 MG</t>
   </si>
   <si>
     <t>871</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/871/indicacao_n_066-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/871/indicacao_n_066-2025.pdf</t>
   </si>
   <si>
     <t>Excelentíssima Senhora Presidente, o Vereador que este subscreve, no uso de suas atribuições legais e regimentais, vem indicar ao Excelentíssimo Senhor_x000D_
 Prefeito Municipal José Ailson Dantas Queiroz a necessidade da construção de uma UBS (Unidade Básica de Saúde), no Bairro Rutilanti.</t>
   </si>
   <si>
     <t>868</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/868/indicacao_n_067-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/868/indicacao_n_067-2025.pdf</t>
   </si>
   <si>
     <t>Senhora Presidente, apresento a Vossa Excelência nos termos legais e regimentais, a presente Indicação ao Prefeito Municipal José Ailson Dantas Queiroz, sobre a possibilidade de perfuração de um Poço Artesiano na comunidade de Capim Pubo.</t>
   </si>
   <si>
     <t>869</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/869/indicacao_n_068-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/869/indicacao_n_068-2025.pdf</t>
   </si>
   <si>
     <t>Senhora Presidente, apresento a Vossa Excelência nos termos legais e regimentais, a presente Indicação ao Prefeito Municipal José Ai!son Dantas Queiroz, sobre a possibilidade de perfuração de um Poço Artesiano na comunidade de Matão.</t>
   </si>
   <si>
     <t>872</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/872/indicacao_n_069-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/872/indicacao_n_069-2025.pdf</t>
   </si>
   <si>
     <t>Senhor Presidente, apresento a Vossa Excelência nos termos legais e_x000D_
 regimentais, a presente Indicação ao Prefeito Municipal José Ailson Dantas_x000D_
 Queiroz, sobre a possibilidade de perfuração de um Poço Artesiano na_x000D_
 Comunidade de Buriti.</t>
   </si>
   <si>
     <t>873</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/873/indicacao_no_070_-_2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/873/indicacao_no_070_-_2025.pdf</t>
   </si>
   <si>
     <t>Senhor Presidente, apresento a Vossa Excelência nos termos legais e regimentais, a presente Indicação ao Prefeito Municipal José Ailson Dantas_x000D_
 Queiroz, sobre a possibilidade de perfuração de um Poço Artesiano na Comunidade de Poço Fundo.</t>
   </si>
   <si>
     <t>876</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>JOSÉ DO PARTO CARDOSO LISBOA, OSVALDINO</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/876/indicacao_n_071-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/876/indicacao_n_071-2025.pdf</t>
   </si>
   <si>
     <t>Excelentíssima Senhora Presidente, o Vereador que este subscreve, no uso de suas atribuições legais e regimentais, vem indicar ao Excelentíssimo Senhor_x000D_
 Prefeito Municipal José Ailson Dantas Queiroz a necessidade da construção de uma UBS (Unidade Básica de Saúde), no Bairro Rutilanti, especificamente nas proximidades do Bairro Acrisio.</t>
   </si>
   <si>
     <t>877</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/877/indicacao_n_072-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/877/indicacao_n_072-2025.pdf</t>
   </si>
   <si>
     <t>Vereador que esta subscreve, no uso de suas atribuições regimentais, indica ao Poder Executivo Municipal a necessidade de construção de um Salão de Velório Municipal, com espaço para recepção, cerimônia, sanitários, área de apoio e estacionamento.</t>
   </si>
   <si>
     <t>878</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/878/indicacao_n_073-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/878/indicacao_n_073-2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, no uso de suas atribuições regimentais, indica ao Poder Executivo Municipal a necessidade de reforma da Unidade Básica de Saúde do Distrito de Bonito, contemplando reparos estruturais, pintura, revisão elétrica e hidráulica, adequação de acessibilidade,_x000D_
 substituição de equipamentos danificados e melhorias na climatização dos ambientes.</t>
   </si>
   <si>
     <t>879</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/879/indicacao_n_074-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/879/indicacao_n_074-2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, no uso de suas atribuições regimentais, indica ao Poder Executivo Municipal a necessidade de perfuração de poço artesiano na Comunidade Riacho Grosso, com instalação de bomba, reservatório e rede de distribuição.</t>
   </si>
   <si>
     <t>880</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/880/indicacao_n_075-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/880/indicacao_n_075-2025.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que esta subscreve, no uso de suas atribuições regimentais, indicam ao Poder Executivo Municipal a denominação da Unidade Básica de Saúde em construção no bairro Centro, ao lado da Creche da Proinfância, com o nome de Claudivan Rezende de Souza.</t>
   </si>
   <si>
     <t>881</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/881/indicacao_n_076-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/881/indicacao_n_076-2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, no uso de suas atribuições regimentais, indica ao Poder Executivo Municipal a criação de ponto de taxi em local a ser definido pela Administração, em conformidade com o disposto na Lei n° 434/2009, que estabelece o regulamento dos permissionários do transporte individual de passageiros no município de Urucuia — MG.</t>
   </si>
   <si>
     <t>882</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/882/indicacao_n_077-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/882/indicacao_n_077-2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, no uso de suas atribuições regimentais, indica ao Poder Executivo Municipal a instalação de iluminação pública na Avenida Guimarães Rosa, via que corta a cidade e é principal acesso de entrada e saída do município.</t>
   </si>
   <si>
     <t>883</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/883/indicacao_n_078-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/883/indicacao_n_078-2025.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, no uso de suas atribuições regimentais, indica ao Poder Executivo Municipal a aquisição de dois bebedouros, sendo um_x000D_
 destinado à Academia Pública Municipal e outro A Secretaria Municipal de Agricultura.</t>
   </si>
   <si>
     <t>884</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/884/indicacao_n_079-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/884/indicacao_n_079-2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, no uso de suas atribuições regimentais, indica ao Poder Executivo Municipal a necessidade de perfuração de um poço artesiano na Comunidade Poções, com instalação de bomba, reservatório e rede de distribuição para atendimento à população local.</t>
   </si>
   <si>
     <t>885</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/885/indicacao_n_080-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/885/indicacao_n_080-2025.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, no uso de suas atribuições regimentais, indica ao Poder Executivo Municipal a aquisição de novos equipamentos e a_x000D_
 recuperação dos equipamentos existentes na academia pública municipal instalada na Vila Olímpica, visando garantir o bom funcionamento e a segurança dos usuários.</t>
   </si>
   <si>
     <t>888</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/888/indicacao_081-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/888/indicacao_081-2025.pdf</t>
   </si>
   <si>
     <t>Senhora Presidente, apresento a Vossa Excelência nos termos legais e regimentais, a presente Indicação ao Prefeito Municipal José Ailson Dantas_x000D_
 Queiroz, sobre a possibilidade de instalação de luminárias de LED no Distrito do Bonito.</t>
   </si>
   <si>
     <t>889</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/889/indicacao_082-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/889/indicacao_082-2025.pdf</t>
   </si>
   <si>
     <t>Senhora Presidente, apresento a Vossa Excelência nos termos legais e regimentais, a presente Indicação ao Prefeito Municipal José Ailson Dantas_x000D_
 Queiroz, sobre a possibilidade de instalação de luminárias de LED na Comunidade de Santa Cruz.</t>
   </si>
   <si>
     <t>890</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/890/indicacao_083-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/890/indicacao_083-2025.pdf</t>
   </si>
   <si>
     <t>Senhor Presidente, apresento a Vossa Excelência nos termos legais e regimentais, a presente Indicação ao Prefeito Municipal José Ailson Dantas_x000D_
 Queiroz, sobre a possibilidade de conclusão da Creche Pró Infância de Urucuia-MG.</t>
   </si>
   <si>
     <t>891</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/891/indicacao_084-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/891/indicacao_084-2025.pdf</t>
   </si>
   <si>
     <t>Senhor Presidente, apresento a Vossa Excelência nos termos legais e regimentais, a presente Indicação ao Prefeito Municipal José Ailson Dantas_x000D_
 Queiroz, sobre a necessidade de construção de um Parque de Exposição em Urucuia-MG.</t>
   </si>
   <si>
     <t>892</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/892/indicacao_085-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/892/indicacao_085-2025.pdf</t>
   </si>
   <si>
     <t>Solicita disponibilização de Casa de Apoio em Brasilia de Minas.</t>
   </si>
   <si>
     <t>893</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/893/indicacao_086-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/893/indicacao_086-2025.pdf</t>
   </si>
   <si>
     <t>Excelentíssima Senhora Presidente, o Vereador que esta subscreve, no uso de suas atribuições legais e regimentais, indica ao Chefe do Poder Executivo_x000D_
 Municipal que providencie a reconstrução da descida da beira do rio, que dá acesso à balsa, local utilizado para embarque e desembarque de veículos e_x000D_
 pedestres, solicitando que a obra seja realizada em concreto ou asfalto, a fim de garantir maior segurança, durabilidade e melhor trafegabilidade para os_x000D_
 usuários.</t>
   </si>
   <si>
     <t>894</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/894/indicacao_087-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/894/indicacao_087-2025.pdf</t>
   </si>
   <si>
     <t>Excelentíssima Senhora Presidente, o Vereador que esta subscreve, no uso de suas atribuições legais e regimentais, indica ao Chefe do Poder Executivo Municipal que providencie a instalação de piscinas semiolímpicas na Vila Olímpica deste município.</t>
   </si>
   <si>
     <t>895</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/895/indicacao_088-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/895/indicacao_088-2025.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que esta subscreve, no uso de suas atribuições legais e regimentais, indicam ao Chefe do Poder Executivo Municipal que promova a atualização da Lei n° 081/1993, que dispõe sobre o Estatuto do Magistério Municipal, e da Lei n° 062/1993, que dispõe sobre o Regime Jurídico_x000D_
 Único dos Servidores Públicos do Município, das Autarquias e das Fundações Municipais.</t>
   </si>
   <si>
     <t>896</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/896/indicacao_089-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/896/indicacao_089-2025.pdf</t>
   </si>
   <si>
     <t>Ementa: Sugere ao Poder Executivo Municipal a adoção de medida social em eventos festivos municipais, mediante a doação voluntária de alimentos não_x000D_
 perecíveis na entrada dos shows.</t>
   </si>
   <si>
     <t>901</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>GERALDO GALEGO, Mamédio</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/901/indicacao__090_geraldo_e_outros.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/901/indicacao__090_geraldo_e_outros.pdf</t>
   </si>
   <si>
     <t>Solicitação de disponibilização de veículo para atendimentos de saúde nas comunidades rurais.</t>
   </si>
   <si>
     <t>902</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/902/indicacao__091_geraldo.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/902/indicacao__091_geraldo.pdf</t>
   </si>
   <si>
     <t>909</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/909/indicacao_092..pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/909/indicacao_092..pdf</t>
   </si>
   <si>
     <t>Indica a realização de manutenção na ponte localizada no Córrego Tabocas, antiga propriedade do Sr. Milton dos Anjos.</t>
   </si>
   <si>
     <t>910</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/910/indicacao_093.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/910/indicacao_093.pdf</t>
   </si>
   <si>
     <t>Indica a necessidade de equipar os poços artesianos localizados nas propriedades de Belarmino Mendes de Almeida e Honorato José dos Santos.</t>
   </si>
   <si>
     <t>911</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/911/indicacao_094.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/911/indicacao_094.pdf</t>
   </si>
   <si>
     <t>Indica a possibilidade de alterar as denominações e respectivas atribuições dos cargos de Supervisor Pedagógico e de Monitor Escolar, passando a denominar-se, respectivamente, Coordenador Pedagógico e Educador Infantil.</t>
   </si>
   <si>
     <t>920</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/920/indicacao__095_-_albanita.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/920/indicacao__095_-_albanita.pdf</t>
   </si>
   <si>
     <t>Adoção de medidas administrativas voltadas à verificação e controle do acúmulo de cargos públicos, em conformidade com o artigo 37, inciso XVI, da Constituição Federal.</t>
   </si>
   <si>
     <t>921</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/921/indicacao__096_-_ze_do_parto.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/921/indicacao__096_-_ze_do_parto.pdf</t>
   </si>
   <si>
     <t>Implantação de cisternas subterrâneas nas escolas da rede municipal de ensino, com o objetivo de armazenar e reutilizar a água da chuva.</t>
   </si>
   <si>
     <t>922</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/922/indicacao_097_-_netao_do_povo.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/922/indicacao_097_-_netao_do_povo.pdf</t>
   </si>
   <si>
     <t>Instalação de um portal de entrada na rodovia de acesso ao Município pelo sentido vindo de Pintópolis, de forma semelhante ao portal já existente na_x000D_
 principal entrada da cidade.</t>
   </si>
   <si>
     <t>923</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/923/indicacao_098_-_netao_do_povo.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/923/indicacao_098_-_netao_do_povo.pdf</t>
   </si>
   <si>
     <t>Adote as providências necessárias para assegurar o pagamento do 13° salário e das férias acrescidas de um terço constitucional aos servidores contratados temporariamente pela administração municipal.</t>
   </si>
   <si>
     <t>924</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/924/indicacao__099_-_geraldoze_do_parto.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/924/indicacao__099_-_geraldoze_do_parto.pdf</t>
   </si>
   <si>
     <t>Aquisição dos equipamentos necessários para o poço artesiano da comunidade de Santa Cruz, situada às margens do Córrego Tabocas e também a substituição da tubulação de outra rede existente na mesma localidade</t>
   </si>
   <si>
     <t>925</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/925/indicacao__100_geraldo.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/925/indicacao__100_geraldo.pdf</t>
   </si>
   <si>
     <t>Promova a instalação de lixeiras públicas nas casas onde ainda não existem, podendo ser disponibilizada uma lixeira para cada duas famílias, conforme a necessidade local.</t>
   </si>
   <si>
     <t>931</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/931/indicacao_101.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/931/indicacao_101.pdf</t>
   </si>
   <si>
     <t>Reconstrução da ponte de madeira do Córrego Palmeiras, na propriedade do Sr. Cândido Pereira Mota.</t>
   </si>
   <si>
     <t>932</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/932/indicacao_102.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/932/indicacao_102.pdf</t>
   </si>
   <si>
     <t>Aquisição de um micro-ônibus para atender à Secretaria Municipal de Saúde.</t>
   </si>
   <si>
     <t>933</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
     <t>ALBANITA ANJOS, JOSÉ DO PARTO CARDOSO LISBOA, NILSINHO, OSVALDINO</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/933/indicacao_104-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/933/indicacao_104-2025.pdf</t>
   </si>
   <si>
     <t>Indica a estruturação do futuro Bairro Morada Nova (antigo campo de avião), incluindo regularização fundiária, implantação de rede elétrica, sistema de saneamento básico e demais obras de infraestrutura essenciais.</t>
   </si>
   <si>
     <t>934</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/934/indicacao_105-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/934/indicacao_105-2025.pdf</t>
   </si>
   <si>
     <t>Sugere a alteração da denominação do cargo de Supervisor Pedagógico</t>
   </si>
   <si>
     <t>936</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>ALBANITA ANJOS, GERALDO GALEGO</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/936/indicacao_106-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/936/indicacao_106-2025.pdf</t>
   </si>
   <si>
     <t>Solicita a aquisição de caminhão em chassi para acoplamento de tanque rodoviário resfriador destinado ao transporte de leite, para atendimento da bacia leiteira do município de Urucuia/MG.</t>
   </si>
   <si>
     <t>937</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/937/indicacao_107-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/937/indicacao_107-2025.pdf</t>
   </si>
   <si>
     <t>Implantação do Programa "Olho Vivo" no Município de Urucuia/MG.</t>
   </si>
   <si>
     <t>938</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/938/indicacao_108-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/938/indicacao_108-2025.pdf</t>
   </si>
   <si>
     <t>Aquisição de uma Unidade Odontológica Móvel para o Município de Urucuia/MG.</t>
   </si>
   <si>
     <t>939</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>GERALDO GALEGO, JOSÉ DO PARTO CARDOSO LISBOA, NETÃO DO POVO</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/939/indicacao_109-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/939/indicacao_109-2025.pdf</t>
   </si>
   <si>
     <t>Recomenda a substituição completa do telhado do Hospital Municipal Gricia Lisboa de Rezende.</t>
   </si>
   <si>
     <t>940</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/940/indicacao_111-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/940/indicacao_111-2025.pdf</t>
   </si>
   <si>
     <t>Solicita a realização de ações para implementação do Programa de Regularização Fundiária Urbana — REURB no município de Urucuia/MG.</t>
   </si>
   <si>
     <t>941</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/941/indicacao_114-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/941/indicacao_114-2025.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo o envio de Projeto de Lei que cria o Fundo Municipal de Esportes no Município de Urucuia/MG.</t>
   </si>
   <si>
     <t>957</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/957/indicacao_115.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/957/indicacao_115.pdf</t>
   </si>
   <si>
     <t>Calçamento das vias públicas iniciando na Rua Domingos Álvares, em direção ao Bairro Riachinho, contemplando as Ruas A, C, D e E.</t>
   </si>
   <si>
     <t>958</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/958/indicacao_116.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/958/indicacao_116.pdf</t>
   </si>
   <si>
     <t>Solicita a doação de um lote para construção de um galpão da Central das Associações, conforme autorização da Lei Municipal nº 68/1993.</t>
   </si>
   <si>
     <t>959</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/959/indicacao_117.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/959/indicacao_117.pdf</t>
   </si>
   <si>
     <t>Solicita a instalação de portais de entrada nos distritos de Bonito, Vereda Grande e Santa Cruz, semelhantes ao portal existente na entrada principal da cidade de Urucuia/MG.</t>
   </si>
   <si>
     <t>960</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/960/indicacao_118.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/960/indicacao_118.pdf</t>
   </si>
   <si>
     <t>Aquisição de ambulância 4x4 para a Secretaria Municipal de Saúde.</t>
   </si>
   <si>
     <t>961</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/961/indicacao_119.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/961/indicacao_119.pdf</t>
   </si>
   <si>
     <t>Criação da Guarda Mirim no Município de Urucuia/MG.</t>
   </si>
   <si>
     <t>792</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/792/projeto_de_decreto_legislativo_001-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/792/projeto_de_decreto_legislativo_001-2025.pdf</t>
   </si>
   <si>
     <t>APROVA AS CONTAS DA PREFEITURA MUNICIPAL DE URUCUIA-MG, REFERENTE AO EXERCÍCIO DE 2021, NOS TERMOS DO PARECER PRÉVIO DO TRIBUNAL DE CONTAS DO ESTADO DE MINAS GERAIS.</t>
   </si>
   <si>
     <t>798</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Executivo - Ex</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/798/projeto_de_lei_complementar_-_restabelece_contagem_tempo_de_sersvico_1_assinado.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/798/projeto_de_lei_complementar_-_restabelece_contagem_tempo_de_sersvico_1_assinado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a contagem de tempo para aquisição de direitos e vantagens no período compreendido entre 28 de maio de 2020 e 31 de dezembro de 2021.</t>
   </si>
   <si>
     <t>904</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/904/projeto_de_lei_complementar_02-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/904/projeto_de_lei_complementar_02-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o novo Código de posturas do Município de Urucuia/MG e dá outras providências.</t>
   </si>
   <si>
     <t>943</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/943/projeto_de_lei_complementar_no_11.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/943/projeto_de_lei_complementar_no_11.pdf</t>
   </si>
   <si>
     <t>Atualiza e substitui a Lei nº 470/2010, que cria o Fundo Municipal de Habitação de Interesse Social – FHIS e institui o seu Conselho Gestor, adequando-o às diretrizes da Lei Federal nº 11.124/2005 e do Sistema Nacional de Habitação de Interesse Social – SNHIS.</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>JOSÉ AILSON DANTAS QUEIROZ</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/742/projeto_de_lei_n_01_-_2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/742/projeto_de_lei_n_01_-_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reestruturação do quadro de pessoal do Município de Urucuia, criando cargos de provimento efeito e em comissão, bem como_x000D_
 modifica os requisitos para investidura no cargo de DIRETOR DO CRAS, e substitui todos os anexos da Lei n°833, de 04 de julho de 2024.</t>
   </si>
   <si>
     <t>743</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/743/projeto_de_lei_02_-_2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/743/projeto_de_lei_02_-_2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DAS SECRETARIAS MUNICIPAIS DE CONTOLADORIA GERAL INTERNA E DE SEGURANÇA PÚBLICA, ESTABELECE SUAS_x000D_
 COMPETÊNCIAS E DA' OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>744</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/744/projeto_de_lei_n03_-_2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/744/projeto_de_lei_n03_-_2025.pdf</t>
   </si>
   <si>
     <t>"Altera o piso salarial dos Agentes Comunitários de Endemias e Agentes Comunitários de Saúde adequando a Lei Federal 13.708 de 14 de agosto de 2018 e dá outras providências".</t>
   </si>
   <si>
     <t>752</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/752/projeto_de_lei_004_-_2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/752/projeto_de_lei_004_-_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a celebração de convênio entre o Município de Urucuia - MG e as Instituições de Ensino adiante especificadas, a fim de regulamentar a realização de estágio de complementação de ensino e aprendizagem escolar, em conformidade com a Lei nº. 11.788/08, nas dependências do mencionado ente municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>754</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/754/projeto_de_lei_005_-_2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/754/projeto_de_lei_005_-_2025.pdf</t>
   </si>
   <si>
     <t>Institui o Dia Municipal do Agente Comunitário de Saúde e do Agente de Combate As Endemias no município de Urucuia-MG e dá outras providências.</t>
   </si>
   <si>
     <t>753</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/753/projeto_de_lei_006_-_2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/753/projeto_de_lei_006_-_2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a conscientização, separação e descarte correto de resíduos recicláveis e orgânicos no município_x000D_
 de Urucuia/MG, incluindo ações especificas para turistas, instalação de lixeiras em pontos estratégicos, e dá outras providências."</t>
   </si>
   <si>
     <t>770</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/770/projeto_de_lei_007_-_2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/770/projeto_de_lei_007_-_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a responsabilidade compartilhada pelo manejo dos resíduos sólidos urbanos e a taxa de coleta, transporte, tratamento e destinação final ambientalmente adequada de resíduos sólidos domiciliares (TRSD), e dá outras providências.</t>
   </si>
   <si>
     <t>771</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/771/projeto_de_lei_008_-_2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/771/projeto_de_lei_008_-_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização do Município de Urucuia a celebrar convênio para fins de execução do Programa Alô Minas!, e firmar contrato de Comodato para Cessão de uso de bem imóvel para a empresa TELEFONICA BRASIL S/A e/ou TERRA NETWORKS BRASIL S/A e/ou TELEFONICA INFRAESTRUTURA E SEGURANÇA LTDA</t>
   </si>
   <si>
     <t>772</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/772/pl_modifica_nome_logradouro_1.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/772/pl_modifica_nome_logradouro_1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da denominação do logradouro público Rodovia MG 202, dentro do perímetro Urbano da Cidade de Urucuia.</t>
   </si>
   <si>
     <t>773</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/773/projeto_de_lei_ordinaria_-_010_-_2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/773/projeto_de_lei_ordinaria_-_010_-_2025.pdf</t>
   </si>
   <si>
     <t>Modifica a Lei Municipal nº 654, de 21 de julho de 2018, para reestruturar o Programa Urucuia Educação Integral 100%, e dá outras providências.</t>
   </si>
   <si>
     <t>774</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/774/projeto_de_lei_-_modifica_valor_gratificacao_da_comissao_de_licitacao_assinado.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/774/projeto_de_lei_-_modifica_valor_gratificacao_da_comissao_de_licitacao_assinado.pdf</t>
   </si>
   <si>
     <t>Altera o art. 5º da Lei Municipal nº 818, de 15 de março de 2024, que regulamenta a aplicação da Lei 14.133/21, e dá outras providências.</t>
   </si>
   <si>
     <t>775</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/775/projeto_de_lei_012-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/775/projeto_de_lei_012-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revogação do Programa Municipal das Escolas Cívico-Militares na Rede Pública de Ensino do Município de Urucuia.</t>
   </si>
   <si>
     <t>776</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/776/projeto_de_resolucao_n_0042025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/776/projeto_de_resolucao_n_0042025.pdf</t>
   </si>
   <si>
     <t>Altera o vencimento do cargo de Conselheiro Tutelar e dá outras providências.”</t>
   </si>
   <si>
     <t>777</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/777/pl_recomposicao_da_aprendizagem_-_com_anexo__-_assinado.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/777/pl_recomposicao_da_aprendizagem_-_com_anexo__-_assinado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do projeto de Recomposição das Aprendizagens – PRA – nas escolas da Rede Pública de Ensino Municipal.</t>
   </si>
   <si>
     <t>793</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/793/projeto_de_lei_015-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/793/projeto_de_lei_015-2025.pdf</t>
   </si>
   <si>
     <t>"Institui o Programa 'Prata da Casa', que garante a participação de artistas locais na abertura de eventos artísticos e culturais financiados pelo Município de Urucuia-MG, e dá outras providências."</t>
   </si>
   <si>
     <t>799</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/799/projeto_de_lei_016-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/799/projeto_de_lei_016-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PROGRAMA DE RECUPERAÇÃO E ESTÍMULO A QUITAÇÃO DE DÉBITOS FISCAIS - REFIS MUNICIPAL 2025, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>808</t>
   </si>
   <si>
     <t>ALBANITA ANJOS, GERALDO GALEGO, JOSÉ DO PARTO CARDOSO LISBOA, OSVALDINO</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/808/projeto_de_lei_017_-_2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/808/projeto_de_lei_017_-_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de revisão geral anual do subsidio dos Vereadores do Município de Urucuia/MG e dá outras providências.</t>
   </si>
   <si>
     <t>809</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/809/projeto_de_lei_0018_-_2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/809/projeto_de_lei_0018_-_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de revisão geral anual dos subsídios do Prefeito e do Vice-Prefeito do Município de Urucuia/MG e dá outras providências.</t>
   </si>
   <si>
     <t>810</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/810/projeto_de_lei_019_-_2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/810/projeto_de_lei_019_-_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão geral anual os Vencimentos dos servidores do Legislativo e da outras providências.</t>
   </si>
   <si>
     <t>811</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/811/projeto_de_lei_020_-_2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/811/projeto_de_lei_020_-_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de revisão geral anual do subsidio dos Secretários Municipais do Município de Urucuia/MG e dá outras providências.</t>
   </si>
   <si>
     <t>815</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/815/projeto_de_lei_021-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/815/projeto_de_lei_021-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a elaboração da lei orçamentária de 2026 e dá outras providências.</t>
   </si>
   <si>
     <t>840</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/840/projeto_de_lei_n_023-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/840/projeto_de_lei_n_023-2025.pdf</t>
   </si>
   <si>
     <t>Institui no Calendário Oficial de Eventos do Município de Urucuia/MG o "Baile da Saudade", a ser realizado anualmente no mês de dezembro, com caráter_x000D_
 beneficente e cultural, e dá outras providências.</t>
   </si>
   <si>
     <t>846</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/846/pl_24__-_protocolo_intencoes_cisalp_-_assinado.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/846/pl_24__-_protocolo_intencoes_cisalp_-_assinado.pdf</t>
   </si>
   <si>
     <t>RATIFICA o Protocolo de Intenções celebrado pelos Municípios de Abadia dos Dourados, Arapuá, Bambuí, Bonfinópolis de Minas, Brasilândia de Minas, Cabeceira Grande, Campo Florido, Campos Altos, Carmo do Paranaíba, Conceição das Alagoas, Conquista, Coromandel, Cruzeiro da Fortaleza, Dom Bosco, Fronteira, Frutal, Guarda Mor, Guimarânia, Ibiá, Iraí de Minas, Itapagipe, João Pinheiro, Lagamar, Lagoa Formosa, Lagoa Grande, Matutina, Paracatu,  Patos de Minas, Pedrinópolis, Perdizes, Pirajuba, Planura, Pratinha, Presidente Olegário, Rio Paranaíba, Santa Rosa da Serra, São Gonçalo do Abaeté, São Gotardo, Serra do Salitre, Tiros e Varjão de Minas e Vazante, visando à integração ao CONSÓRCIO INTERMUNICIPAL DE SAÚDE DO ALTO PARANÁIBA CISALP</t>
   </si>
   <si>
     <t>852</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/852/projeto_de_lei_025-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/852/projeto_de_lei_025-2025.pdf</t>
   </si>
   <si>
     <t>Cria a gratificação por assiduidade e pontualidade para os professores da Rede Pública de Ensino Municipal e dá outras providencias.</t>
   </si>
   <si>
     <t>853</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/853/projeto_de_lei_026-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/853/projeto_de_lei_026-2025.pdf</t>
   </si>
   <si>
     <t>Atualiza o piso salarial dos servidores do magistério da Rede Municipal de Ensino e dá outras providências.</t>
   </si>
   <si>
     <t>865</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/865/pl_27_-_loa_assinado_1-.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/865/pl_27_-_loa_assinado_1-.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração percentual da LOA no orçamento vigente, e dá outras providências.</t>
   </si>
   <si>
     <t>866</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/866/projeto_de_lei_no_028.2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/866/projeto_de_lei_no_028.2025.pdf</t>
   </si>
   <si>
     <t>867</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/867/projeto_de_lei_029-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/867/projeto_de_lei_029-2025.pdf</t>
   </si>
   <si>
     <t>Altera o art. 3º, inciso IV, da Lei nº 868, de 23 de julho de 2025,  que  atualiza  o  piso  salarial  dos  servidores  do magistério da Rede Municipal de Ensino, para corrigir erro material, e dá outras providências.</t>
   </si>
   <si>
     <t>874</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/874/projeto_de_lei_n_30_de_12_de_agosto_de_2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/874/projeto_de_lei_n_30_de_12_de_agosto_de_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reestruturação do Quadro de Pessoal do Município de Urucuia, cria cargos de provimento efetivo, altera níveis de vencimento e_x000D_
 substitui os anexos da Lei n° 847, de 28 de fevereiro de 2025.</t>
   </si>
   <si>
     <t>875</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/875/projeto_de_lei_n_31_de_12_de_agosto_de_2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/875/projeto_de_lei_n_31_de_12_de_agosto_de_2025.pdf</t>
   </si>
   <si>
     <t>Concede adicional de insalubridade aos Agentes Comunitários de Saúde do Município de Urucuia-MG e dá outras providências.</t>
   </si>
   <si>
     <t>886</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/886/projeto_de_lei_n_32_de_25_de_agosto_de_2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/886/projeto_de_lei_n_32_de_25_de_agosto_de_2025.pdf</t>
   </si>
   <si>
     <t>Dispões sobre o novo Código de Posturas do Município de Urucuia/MG e dá outras providências.</t>
   </si>
   <si>
     <t>887</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/887/projeto_de_lei_n_33-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/887/projeto_de_lei_n_33-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Urucuia a permitir a utilização do Hospital Municipal e das Unidades Básicas de Saúde por instituições privadas de ensino superior e técnico em saúde, para a realização de práticas simuladas e de estágios curriculares, e dá outras providências.</t>
   </si>
   <si>
     <t>900</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/900/projeto_de_lei_034-2025_-.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/900/projeto_de_lei_034-2025_-.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA ENTIDADE QUE MENCIONA E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>905</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/905/projeto_de_lei_035-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/905/projeto_de_lei_035-2025.pdf</t>
   </si>
   <si>
     <t>Dispões sobre a concessão de auxílio alimentação para os Vereadores da Câmara Municipal de Urucuia-MG e dá outras providências.</t>
   </si>
   <si>
     <t>906</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/906/alteracao_ldo_completa_2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/906/alteracao_ldo_completa_2025.pdf</t>
   </si>
   <si>
     <t>ALTERA OS ANEXOS DA LEI DE DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO DE 2026</t>
   </si>
   <si>
     <t>907</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/907/ppa_completo_2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/907/ppa_completo_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Plurianual para o período 2026 - 2029</t>
   </si>
   <si>
     <t>908</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/908/loa_completa_2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/908/loa_completa_2025.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA PARA O EXERCÍCIO 2026 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>915</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/915/projeto_de_lei_no_39.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/915/projeto_de_lei_no_39.pdf</t>
   </si>
   <si>
     <t>Prorroga, até 31 de dezembro de 2025, a vigência do Plano Municipal de Educação - PME, aprovado pela Lei nº 580 de 23 de junho de 2015.</t>
   </si>
   <si>
     <t>917</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/917/projeto_de_lei_40_de_2025_1.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/917/projeto_de_lei_40_de_2025_1.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Habitacional Minha Casa, Minha Vida no Município de Urucuia, com base na Lei Federal nº 14.620/2023 e demais normativas,_x000D_
 para atendimento à população de baixa renda por meio de construção, aquisição, requalificação ou reforma de moradias urbanas e rurais e dá outras_x000D_
 providências.</t>
   </si>
   <si>
     <t>918</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/918/projeto_de_lei_41_1.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/918/projeto_de_lei_41_1.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a promover leilão público_x000D_
 para alienação de veículos, máquinas e sucatas inservíveis_x000D_
 de propriedade do Município de Urucuia/MG, e dá_x000D_
 outras providências.</t>
   </si>
   <si>
     <t>919</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/919/projeto_de_lei_042_-_jose_weber.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/919/projeto_de_lei_042_-_jose_weber.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública a entidade que menciona e dá outras providências.</t>
   </si>
   <si>
     <t>928</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/928/oficio_-_pl_43_-_anexos.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/928/oficio_-_pl_43_-_anexos.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 580, de 23 de junho de 2015,_x000D_
 que “Aprova o Plano Municipal de Educação – PME e dá_x000D_
 outras providências”, prorrogando sua vigência até 31 de_x000D_
 dezembro de 2025, com efeitos retroativos a 23 de junho_x000D_
 de 2024, e dá outras providências.</t>
   </si>
   <si>
     <t>929</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/929/projeto_de_lei_45_anexos.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/929/projeto_de_lei_45_anexos.pdf</t>
   </si>
   <si>
     <t>Institui o Plano Municipal pela Primeira Infância do Município de Urucuia/MG, com vigência de 2025 a 2035, e dá outras providências.</t>
   </si>
   <si>
     <t>930</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/930/projeto_de_lei_046-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/930/projeto_de_lei_046-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a promover leilão público para alienação de veículos, máquinas e sucatas inservíveis de propriedade do Município de Urucuia/MG, e dá outras providências.</t>
   </si>
   <si>
     <t>942</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/942/projeto_de_lei_047-25.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/942/projeto_de_lei_047-25.pdf</t>
   </si>
   <si>
     <t>Declara de interesse comum e de preservação permanente a espécie do baruzeiro (Dipteryx alata Vogel) no Município de Urucuia, e dá outras providências.</t>
   </si>
   <si>
     <t>963</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/963/projeto_de_lei_no_48_-_programa_minha_casa_minha_vida_-_terrenos_1.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/963/projeto_de_lei_no_48_-_programa_minha_casa_minha_vida_-_terrenos_1.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a desenvolver ações e adotar_x000D_
 contrapartida municipal, para implementação do_x000D_
 Programa Minha Casa, Minha Vida – MCMV Cidades,_x000D_
 modalidade Terrenos, nos termos da Lei nº 11.977/2009,_x000D_
 da Lei nº 14.620/2023, da Portaria MCID nº 1.295/2023_x000D_
 e demais normas do Ministério das Cidades, e dá outras_x000D_
 providências.</t>
   </si>
   <si>
     <t>964</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/964/pl_492025_merged_1.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/964/pl_492025_merged_1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração percentual da LOA no orçamento vigente e contém outras providências.</t>
   </si>
   <si>
     <t>966</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/966/pl_502025_052025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/966/pl_502025_052025.pdf</t>
   </si>
   <si>
     <t>PL 50/2025</t>
   </si>
   <si>
     <t>747</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/747/projeto_de_resolucao_001_-_2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/747/projeto_de_resolucao_001_-_2025.pdf</t>
   </si>
   <si>
     <t>Institui e disciplina a concessão, o controle e a realização de suprimentos de fundos, institui o regime de adiantamento para despesas de pronto_x000D_
 pagamento, e dá outras providências.</t>
   </si>
   <si>
     <t>746</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/746/pprojeto_de_resolucao_n_002-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/746/pprojeto_de_resolucao_n_002-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração na Resolução n° 001/2016 da Câmara Municipal de Urucuia e dá outras providências.</t>
   </si>
   <si>
     <t>814</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/814/projeto_de_resolucao_003_-_2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/814/projeto_de_resolucao_003_-_2025.pdf</t>
   </si>
   <si>
     <t>Altera o art. 150 do Regimento Interno da Câmara Municipal de Urucuia/MG, que dispõe sobre o horário das sessões ordinárias.</t>
   </si>
   <si>
     <t>816</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/816/projeto_de_resolucao_n_004-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/816/projeto_de_resolucao_n_004-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Regulamentação do comparecimento dos Vereadores as reuniões ordinárias, extraordinárias e de Comissões.</t>
   </si>
   <si>
     <t>817</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/817/projeto_de_resolucao_n._005-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/817/projeto_de_resolucao_n._005-2025.pdf</t>
   </si>
   <si>
     <t>Regulamenta o Programa Parlamento Jovem no âmbito da Câmara Municipal de Urucuia-MG e dá outras providências.</t>
   </si>
   <si>
     <t>935</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/935/projeto_de_resolucao_006-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/935/projeto_de_resolucao_006-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a prestação, compensação e pagamento de serviço extraordinário no âmbito da Câmara Municipal de Urucuia-MG, e dá outras providências.</t>
   </si>
   <si>
     <t>978</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/978/projeto_de_resolucao_007-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/978/projeto_de_resolucao_007-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a jornada de trabalho dos servidores da Câmara Municipal de Urucuia, altera o Anexo da Resolução n° 01, de 25 de outubro de 2016,_x000D_
 modifica dispositivo da Resolução n° 004/2025 e dá outras providências.</t>
   </si>
   <si>
     <t>979</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/979/projeto_de_resolucao_008-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/979/projeto_de_resolucao_008-2025.pdf</t>
   </si>
   <si>
     <t>Institui a Política de Gestão Documental Eletrônica — Programa Câmara Sem Papel e estabelece diretrizes para a tramitação eletrônica_x000D_
 de processos e documentos no âmbito da Câmara Municipal de Urucuia-MG e dá outras providências.</t>
   </si>
   <si>
     <t>980</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/980/projeto_de_resolucao_009-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/980/projeto_de_resolucao_009-2025.pdf</t>
   </si>
   <si>
     <t>Institui o controle de frequência por meio de ponto eletrônico no âmbito da Câmara Municipal de Urucuia e dá outras providências.</t>
   </si>
   <si>
     <t>981</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/981/projeto_de_resolucao_010-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/981/projeto_de_resolucao_010-2025.pdf</t>
   </si>
   <si>
     <t>Concede Titulo de Honra ao Mérito a servidor público do Poder Legislativo Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>982</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/982/projeto_de_resolucao_011-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/982/projeto_de_resolucao_011-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o retorno em viagens oficiais realizadas com veiculo do Poder Legislativo Municipal e estabelece critério objetivo para obrigatoriedade de pernoite por motivo de segurança.</t>
   </si>
   <si>
     <t>764</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/764/requerimento_-_001_-_2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/764/requerimento_-_001_-_2025.pdf</t>
   </si>
   <si>
     <t>0 Vereador que este subscreve, ouvida a casa no prazo regimental, vem requerer do Prefeito Municipal, Sr. José Ailson Dantas Queiroz, a possibilidade de cascalhamento na estrada da Santa Cruz, Riacho, Barreirinho e Sabão.</t>
   </si>
   <si>
     <t>765</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/765/requerimento_-_002-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/765/requerimento_-_002-2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, ouvida a casa no prazo regimental, vem requerer do Prefeito Municipal, Sr. José Ailson Dantas Queiroz, a possibilidade reconstruir a ponte do córrego Sabão.</t>
   </si>
   <si>
     <t>766</t>
   </si>
   <si>
     <t>ALBANITA ANJOS, BEBIM</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/766/requerimento_-_003-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/766/requerimento_-_003-2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, ouvida a casa no prazo regimental, vem requerer do Prefeito Municipal, Sr. José Ai!son Dantas Queiroz, a possibilidade de substituir as lâmpadas incandescentes por luminárias de LED na Avenida São Francisco e recuperação da via.</t>
   </si>
   <si>
     <t>767</t>
   </si>
   <si>
     <t>ALBANITA ANJOS, BEBIM, GERALDO GALEGO, JOSÉ DO PARTO CARDOSO LISBOA, OSVALDINO</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/767/requerimento_-_004_-_2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/767/requerimento_-_004_-_2025.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que este subscrevem, ouvida a casa no prazo regimental, requerer do Prefeito Municipal, Sr. José Ailson Dantas Queiroz, a possibilidade de retomada da contagem de tempo de serviço para todos os servidores municipais que foram impactados pela suspensão prevista na Lei Complementar n° 173, de 27 de maio de 2020, bem como a concessão de anuênios, triênios, quinquênios, licenças-prêmio e demais benefícios que tenham como base o tempo de serviço.</t>
   </si>
   <si>
     <t>768</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/768/requerimento_-_005_-_2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/768/requerimento_-_005_-_2025.pdf</t>
   </si>
   <si>
     <t>0 Vereador que este subscreve, ouvida a casa no prazo regimental, ao Prefeito Municipal, Sr. José Ailson Dantas Queiroz, requerer a possibilidade de instalação de luminárias em todos os campos da Vila Olímpica, bem como o melhoramento da iluminação no campo em frente ás arquibancadas com a pista de corrida.</t>
   </si>
   <si>
     <t>769</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/769/requerimento_-006_-_2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/769/requerimento_-006_-_2025.pdf</t>
   </si>
   <si>
     <t>0 Vereador que este subscreve, ouvida a casa no prazo regimental, ao Prefeito Municipal, Sr. José Ai!son Dantas Queiroz, requerer a possibilidade de implantação de placas de sinalização de trânsito e de identificação com nomes das ruas em toda a cidade de Urucuia/MG.</t>
   </si>
   <si>
     <t>794</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/794/requerimento_008-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/794/requerimento_008-2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, ouvida a casa no prazo regimental, vem requerer do Prefeito Municipal, Sr. José Ailson Dantas Queiroz, a necessidade de estudo e levantamento de luz para todos no município de Urucuia-MG.</t>
   </si>
   <si>
     <t>795</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/795/requerimento_009_-_2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/795/requerimento_009_-_2025.pdf</t>
   </si>
   <si>
     <t>A Vereadora que este subscreve, ouvida a Casa no prazo regimental, vem requerer ao Excelentíssimo Senhor Prefeito Municipal, José Ailson Dantas_x000D_
 Queiroz, a necessidade de intensificar as ações realizadas pelo Castra Móvel, em parceria com a AMNOR — Associação dos Municípios do Noroeste de_x000D_
 Minas, garantindo maior cobertura e frequência dos serviços de castração gratuita de cães e gatos. Além disso, solicita-se que o atendimento seja estendido aos Distritos de Vereda Grande, Bonito e Santa Cruz, permitindo que os moradores dessas localidades também tenham acesso ao serviço.</t>
   </si>
   <si>
     <t>796</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/796/requerimento_010-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/796/requerimento_010-2025.pdf</t>
   </si>
   <si>
     <t>0 Vereador que este subscreve, ouvida a casa no prazo regimental, vem requerer do Prefeito Municipal, Sr. José Ailson Dantas Queiroz, providenciar a_x000D_
 iluminação pública na pista de caminhada localizada na saída da cidade, sentido Mutuca.</t>
   </si>
   <si>
     <t>824</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/824/requerimento_n011-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/824/requerimento_n011-2025.pdf</t>
   </si>
   <si>
     <t>O vereador que este subscreve, no uso de suas atribuições legais e regimentais, vem respeitosamente, requerer, após aprovação do Plenário, que seja encaminhado requerimento ao Excelentíssimo Senhor Prefeito Municipal, solicitando informações detalhadas sobre a retirada de quarenta e nove postes de iluminação pública localizados na pista de caminhada paralela à rodovia, no sentido Mutuca._x000D_
 _x000D_
 Considerando que tais postes, com suas respectivas luminárias, foram instalados_x000D_
 com o intuito de proporcionar segurança e bem-estar à população que utiliza_x000D_
 diariamente aquele espaço para práticas esportivas e de lazer, é necessário esclarecer:_x000D_
 1. Os motivos específicos que levaram à retirada dos vinte postes de_x000D_
 iluminação pública do referido local;_x000D_
 2. 0 destino dado aos referidos postes e equipamentos de iluminação pública_x000D_
 (se estão armazenados, descartados ou realocados);_x000D_
 3. Se há previsão de reutilização desses postes e, em caso afirmativo, onde_x000D_
 serão instalados.</t>
   </si>
   <si>
     <t>823</t>
   </si>
   <si>
     <t>Mamédio, NETÃO DO POVO, NILSINHO, RONALDO</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/823/requerimento_n_012-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/823/requerimento_n_012-2025.pdf</t>
   </si>
   <si>
     <t>Os vereadores que este subscrevem, no uso de suas atribuições legais e regimentais, vêm, respeitosamente, requerer, após aprovação do Plenário, que seja encaminhado requerimento ao IPMUR — Instituto de Previdência dos Servidores Públicos Municipais de Urucuia/MG, solicitando as seguintes informações:_x000D_
 1. Extratos financeiros detalhados e respectivos rendimentos dos meses_x000D_
 de dezembro de 2024 e de janeiro a maio de 2025;_x000D_
 2. Comprovantes dos repasses efetuados pela Prefeitura Municipal de_x000D_
 Urucuia/MG ao IPMUR, referentes à contribuição patronal e à parte retida_x000D_
 dos servidores, no mesmo período supracitado.</t>
   </si>
   <si>
     <t>845</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/845/requerimento_013_-_2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/845/requerimento_013_-_2025.pdf</t>
   </si>
   <si>
     <t>Os vereadores que este subscrevem, no uso de suas atribuições legais e regimentais, vêm,_x000D_
 respeitosamente, requerer, após ouvido o Plenário, que o Executivo Municipal por meio da Secretaria_x000D_
 Municipal de Saúde, faça o envio das seguintes informações relativas ao Programa “Saúde para_x000D_
 Todos" implantado neste município:_x000D_
 1. Relação dos médicos especialistas que atendem pelo programa no município, com a_x000D_
 respectiva especialidade e número de registro no CRM;_x000D_
 2. Informação sobre o gasto mensal com cada profissional médico, discriminando valores_x000D_
 referentes a honorários, estadia e transporte, quando for o caso;_x000D_
 3. Quantidade mensal de atendimentos realizados por especialidade;_x000D_
 4 . Quantitativo geral de atendimentos realizados a munícipes, desde o início da execução do_x000D_
 programa.</t>
   </si>
   <si>
     <t>841</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/841/requerimento_n_014-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/841/requerimento_n_014-2025.pdf</t>
   </si>
   <si>
     <t>O vereador que este subscreve, no uso de suas atribuições legais e regimentais, vêm respeitosamente requerer, após ouvido o Plenário, que seja encaminhado ao Chefe do Poder Executivo que a Administração Municipal, por meio da Secretaria Municipal de Saúde e demais setores_x000D_
 competentes, adote as providências necessárias para garantir o pagamento de horas extras aos servidores efetivos da saúde que estão exercendo jornadas superiores a 48 (quarenta e oito) horas semanais.</t>
   </si>
   <si>
     <t>842</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/842/requerimento_n_015-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/842/requerimento_n_015-2025.pdf</t>
   </si>
   <si>
     <t>Os vereadores que este subscrevem, no uso de suas atribuições legais e regimentais, vêm, respeitosamente, requerer, após ouvido o Plenário, que o Executivo Municipal viabilize o envio do Projeto de Lei que dispõe sobre a atualização do salário dos bolsistas vinculados ao município.</t>
   </si>
   <si>
     <t>843</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/843/requerimento_n_0162025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/843/requerimento_n_0162025.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, no uso de suas atribuições legais e regimentais, vem, respeitosamente, requerer, após ouvido o Plenário, que o_x000D_
 Executivo Municipal viabilize, com a maior brevidade possível, o envio do projeto de lei que dispõe sobre o reajuste salarial dos servidores da educação_x000D_
 municipal, conforme anunciado publicamente.</t>
   </si>
   <si>
     <t>851</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/851/requerimento_017_-_2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/851/requerimento_017_-_2025.pdf</t>
   </si>
   <si>
     <t>860</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/860/requerimento_n_019-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/860/requerimento_n_019-2025.pdf</t>
   </si>
   <si>
     <t>Excelentíssima Senhora Presidente da Câmara Municipal de UrucuialMG_x000D_
 0 Vereador que este subscreve, no uso de suas atribuições legais e regimentais, vem,_x000D_
 respeitosamente, à presença de Vossa Excelência, requerer ao Poder Executivo Municipal, o envio das_x000D_
 seguintes informações relativas aos contratos de locação de veículos e máquinas firmados pela_x000D_
 Prefeitura:_x000D_
 • Objeto do contrato (veiculo ou máquina);_x000D_
 • Valor mensal e valor total contratado;_x000D_
 • Nome do proprietário;_x000D_
 • Número da placa do veiculo;_x000D_
 • Período de vigência contratual;_x000D_
 • Identificação do processo licitatório ou forma de contratação (dispensa, inexigibilidade, adesão_x000D_
 etc.);_x000D_
 • Finalidade do uso (setor responsável ou demanda atendida),_x000D_
 • Relatório contendo a quantidade e valores dos contratos referentes aos meses de outubro,_x000D_
 novembro e dezembro de 2024 e março, abril e maio de 2025.</t>
   </si>
   <si>
     <t>861</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/861/requerimento_n_020-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/861/requerimento_n_020-2025.pdf</t>
   </si>
   <si>
     <t>Excelentíssima Senhora Presidente da Câmara Municipal de Urucuia/MG_x000D_
 0 Vereador que este subscreve, no uso de suas atribuições legais e regimentais, vem,_x000D_
 respeitosamente, à presença de Vossa Excelência, requerer ao Excelentíssimo Senhor Prefeito_x000D_
 Municipal de Urucuia/MG, que informe à esta Casa Legislativa os dados referentes a todos os_x000D_
 contratos de aluguel de imóveis residenciais ou comerciais utilizados pela Prefeitura, contendo:_x000D_
 • Endereço completo do imóvel alugado;_x000D_
 • Finalidade do uso (setor, serviço ou atividade que ocupa o espaço);_x000D_
 • Nome do proprietário do imóvel;_x000D_
 • Valor do aluguel e demais encargos contratados;_x000D_
 • Período de vigência contratual;_x000D_
 • Identificação do processo licitatório ou forma de contratação._x000D_
 • Relatório contendo a quantidade e valores dos contratos referentes aos meses de outubro,_x000D_
 novembro e dezembro de 2024 e março, abril e maio de 2025.</t>
   </si>
   <si>
     <t>862</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/862/requerimento_n_021_-_2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/862/requerimento_n_021_-_2025.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO N° 021/2025_x000D_
 Excelentíssima Senhora Presidente da Câmara Municipal de Urucuia/MG_x000D_
 0 Vereador que este subscreve, no uso de suas atribuições legais e regimentais, vem,_x000D_
 respeitosamente, à presença de Vossa Excelência, requerer ao Excelentíssimo Senhor Prefeito_x000D_
 Municipal de Urucuia/MG, as seguintes informações sobre as linhas de transporte escolar_x000D_
 atualmente em operação no município:_x000D_
 • Rota atendida (inicio, fim e, se possível, os pontos intermediários);_x000D_
 • Quilometragem total percorrida (por dia e por mês);_x000D_
 • Nome da empresa ou pessoa física responsável pela execução do serviço;_x000D_
 • Valor pago por linha ou por quilômetro rodado;_x000D_
 • Forma de contratação (licitação, contrato, adesão à ata etc.).</t>
   </si>
   <si>
     <t>897</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/897/requerimento_022-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/897/requerimento_022-2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, no uso de suas atribuições legais e regimentais, requer à Mesa Diretora, depois de ouvido o Plenário, que seja encaminhado ao Chefe do Poder Executivo Municipal o presente requerimento solicitando informações sobre os critérios que serão adotados para a escolha dos beneficiários das 20 (vinte) unidades habitacionais contempladas no município, na modalidade "Minha Casa, Minha Vida", com recurso do Fundo Nacional de Habitação de Interesse Social (FNHIS).</t>
   </si>
   <si>
     <t>898</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/898/requerimento_023-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/898/requerimento_023-2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, no uso de suas atribuições legais e regimentais, requer 6 Mesa Diretora, depois de ouvido o Plenário, que seja encaminhado ao Chefe do Poder Executivo Municipal o presente requerimento solicitando informações sobre o percentual atualizado da folha de pagamento do município, em conformidade com os limites estabelecidos na Lei de Responsabilidade Fiscal (Lei Complementar n° 101/2000) e na Constituição Federal.</t>
   </si>
   <si>
     <t>899</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/899/requerimento_024-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/899/requerimento_024-2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, no uso de suas atribuições legais e regimentais, requer à Mesa Diretora, depois de ouvido o Plenário, a autorização para a utilização do Plenário da Câmara Municipal de Urucuia/MG pelo senhor Daniel Sucupira, Assessor do Ministro da Saúde, juntamente com o_x000D_
 Deputado Federal Leonardo Monteiro, para realização de reunião destinada a tratar de assuntos relacionados à saúde pública.</t>
   </si>
   <si>
     <t>903</t>
   </si>
   <si>
     <t>JOSÉ DO PARTO CARDOSO LISBOA, NILSINHO, OSVALDINO</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/903/requerimento_025_-_ze_do_parto_e_outros.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/903/requerimento_025_-_ze_do_parto_e_outros.pdf</t>
   </si>
   <si>
     <t>REQUER à Mesa Diretora, que seja convocado o Assessor Jurídico da Prefeitura Municipal de Urucuia/MG para comparecer a esta Câmara Municipal, em data a ser designada, com a finalidade de prestar esclarecimentos acerca da aposentadoria especial dos servidores da área da educação.</t>
   </si>
   <si>
     <t>912</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/912/requerimento_026.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/912/requerimento_026.pdf</t>
   </si>
   <si>
     <t>Requer viabilização de transporte público e gratuito, para o deslocamento dos eleitores interessados, tanto da zona rural quanto da zona urbana, até a sede do Cartório Eleitoral da 320ª Zona Eleitoral, a fim de possibilitar o atendimento de identificação biométrica aos cidadãos.</t>
   </si>
   <si>
     <t>913</t>
   </si>
   <si>
     <t>NETÃO DO POVO, RONALDO</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/913/requerimento_027.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/913/requerimento_027.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre o funcionamento da Subprefeitura localizada na sede do Distrito de Vereda Grande, atualmente instalada no antigo prédio do Posto de Saúde (PFS).</t>
   </si>
   <si>
     <t>914</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/914/requerimento_028.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/914/requerimento_028.pdf</t>
   </si>
   <si>
     <t>Requer a realização em caráter de urgência, de procedimento licitatório destinado à contratação de empresa especializada na emissão do Perfil Profissiográfico Previdenciário (PPP), com vistas à regularização da aposentadoria especial dos servidores da área da Saúde e da Educação do Município.</t>
   </si>
   <si>
     <t>926</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/926/requerimento_29_-_jose_weber.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/926/requerimento_29_-_jose_weber.pdf</t>
   </si>
   <si>
     <t>Solicita providências quanto à execução de paradas de ônibus (baias) ao longo da rodovia MG-402.</t>
   </si>
   <si>
     <t>962</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/962/requerimento_31.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/962/requerimento_31.pdf</t>
   </si>
   <si>
     <t>Adoção de providências necessárias para adesão e implementação da Carteira Nacional de Docente no Brasil (CNDB) para os profissionais da rede municipal de ensino, conforme dispõe a Lei Federal nº 15.202, de 11 de setembro de 2025.</t>
   </si>
   <si>
     <t>745</t>
   </si>
   <si>
     <t>PLS</t>
   </si>
   <si>
     <t>Projeto  de Lei Ordinária Substitutivo</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/745/projeto_de_lei_001-2025_correto.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/745/projeto_de_lei_001-2025_correto.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reestruturação do do quadro de pessoal do Municipio de Urucuia, criando cargos de provimento efeito e em comissionado, bem como_x000D_
 modifica os requisitos para investidura no cargo de DIRETOR DO CRAS, e substitui todos os anexos da Lei nº 833, de 04 de julho de 2024.</t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
     <t>OF</t>
   </si>
   <si>
     <t>Ofício</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/727/oficio_n001-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/727/oficio_n001-2025.pdf</t>
   </si>
   <si>
     <t>Cumprimentando-a cordialmente, venho por meio deste encaminhar, para os devidos fins, Ata da Sessão Solene de Posse e do Termo de Posse do Prefeito e do Vice-Prefeito do Município de Urucuia-MG, realizados nesta data, 01 de janeiro de 2025,_x000D_
 para a legislatura 2025/2028.</t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2026/728/oficio_n002-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2026/728/oficio_n002-2025.pdf</t>
   </si>
   <si>
     <t>Informar que a servidora Jessica Ariadna Guedes efetiva no cargo de GARI, está sendo disponibilizada para a Secretaria Municipal de Administração e Planejamento da Prefeitura Municipal de Urucuia-MG.</t>
   </si>
   <si>
     <t>729</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/729/oficio_n003-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/729/oficio_n003-2025.pdf</t>
   </si>
   <si>
     <t>solicitar informações acerca de qual o setor é responsável pela limpeza, sinalização e manutenção diária do_x000D_
 Terminal Rodoviário Miguel Durães de Andrade Neto.</t>
   </si>
   <si>
     <t>730</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/730/oficio_n004-_2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/730/oficio_n004-_2025.pdf</t>
   </si>
   <si>
     <t>solicitar providências urgentes da Secretaria de Administração e Planejamento quanto à situação das luminárias localizadas na pista lateral sentido Mutuca, que se encontram em desconformidade e necessitam de manutenção e reparo imediato.</t>
   </si>
   <si>
     <t>726</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/726/oficio_n005_-_2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/726/oficio_n005_-_2025.pdf</t>
   </si>
   <si>
     <t>Prezado Senhor, cumprimentando-o cordialmente, venho, por meio deste, convocá-lo para comparecer_x000D_
 a Sessão Solene de Posse, que será realizada no dia 08 de janeiro de 2025, às 8 horas da manhã, na sede da Câmara Municipal de Urucuia-MG.</t>
   </si>
   <si>
     <t>732</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/732/oficio_n006_-_2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/732/oficio_n006_-_2025.pdf</t>
   </si>
   <si>
     <t>Solicitação de Informações sobre a Nova Área do Lixão com Base em Legislação Ambiental</t>
   </si>
   <si>
     <t>733</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/733/oficio_n007-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/733/oficio_n007-2025.pdf</t>
   </si>
   <si>
     <t>Solicitação de Informações sobre o Veiculo da Unidade Básica de Saúde (UBS) Mércia Cordeiro Durães Guedes, localizada no Distrito do Bonito, Urucuia-MG.</t>
   </si>
   <si>
     <t>734</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/734/oficio_n008-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/734/oficio_n008-2025.pdf</t>
   </si>
   <si>
     <t>Convocação para Sessão Solene de Posse</t>
   </si>
   <si>
     <t>735</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/735/oficio_n009-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/735/oficio_n009-2025.pdf</t>
   </si>
   <si>
     <t>Convite para Sessão Solene de Posse</t>
   </si>
   <si>
     <t>736</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/736/oficio_n010-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/736/oficio_n010-2025.pdf</t>
   </si>
   <si>
     <t>737</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/737/oficio_n011-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/737/oficio_n011-2025.pdf</t>
   </si>
   <si>
     <t>731</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/731/oficio_n_012-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/731/oficio_n_012-2025.pdf</t>
   </si>
   <si>
     <t>Solicitação de Retorno da Servidora Cedida — Gislene Ramos de Rezende</t>
   </si>
   <si>
     <t>741</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/741/oficio_n_023_-_2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/741/oficio_n_023_-_2025.pdf</t>
   </si>
   <si>
     <t>Deferimento de Solicitação de Uso do Plenário.</t>
   </si>
   <si>
     <t>778</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/778/justificativa_pl_1.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/778/justificativa_pl_1.pdf</t>
   </si>
   <si>
     <t>Em complemento ao PL que Dispõe sobre a criação do projeto de Recomposição das Aprendizagens – PRA – nas escolas da Rede Pública de Ensino Municipal, segue justificativa assinada.</t>
   </si>
   <si>
     <t>779</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/779/oficio_envio_pl_recomposicao_da_apredizagem_-_assinado_oficio_93.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/779/oficio_envio_pl_recomposicao_da_apredizagem_-_assinado_oficio_93.pdf</t>
   </si>
   <si>
     <t>Ofício nº 93 de 2025_x000D_
 À Câmara Municipal de Urucuia/MG_x000D_
 Exma. Sra. Presidente_x000D_
 Senhora Presidente,_x000D_
 Tenho a honra de encaminhar a esta Egrégia Câmara Municipal, para apreciação e deliberação dos nobres vereadores, o Projeto de Lei que “Dispõe sobre a criação do projeto de Recomposição das Aprendizagens – PRA – nas escolas da Rede Pública de Ensino Municipal”.</t>
   </si>
   <si>
     <t>748</t>
   </si>
   <si>
     <t>EMP</t>
   </si>
   <si>
     <t>Emenda Modificativa</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/748/emenda_modificativa_no_001_de_2025_-_projeto_de_resolucao_no_001_de_31_de_janeiro_de_2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/748/emenda_modificativa_no_001_de_2025_-_projeto_de_resolucao_no_001_de_31_de_janeiro_de_2025.pdf</t>
   </si>
   <si>
     <t>Altere-se o artigo 8° do Projeto de Resolução n° 002 de 31 de janeiro_x000D_
 de 2025, que terá a seguinte redação:</t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/749/emenda_002-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/749/emenda_002-2025.pdf</t>
   </si>
   <si>
     <t>Altere-se o artigo 20 do Projeto de Lei n° 001 de 03 de fevereiro de_x000D_
 2025, onde faz constar dos requisitos para investidura no Cargo de Motorista:_x000D_
 Art. 2° Art. 2° - Ficam criados, no quadro de cargos de provimento_x000D_
 efetivo do Município de Urucuia (MG), os seguintes cargos novos: 02_x000D_
 (dois) cargos de Engenheiro Agrônomo: 01 (um) cargo de Historiador;_x000D_
 05 (cinco) cargos de Operador de Rogadeira Manual; 05 (cinco)_x000D_
 cargos de Motorista Categoria D: 07 (cargos) de Monitor Disciplinar:_x000D_
 07 (sete) cargos de Operador de Pá Carregadeira; 01 (um) cargo de_x000D_
 Pintor; 01 (um) cargo de Serralheiro; 10 (dez) cargos de Técnico em_x000D_
 Digitação BPA; 02 (dois) cargos de Zelador de Esgoto.</t>
   </si>
   <si>
     <t>750</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/750/emenda_modificativa_n_003_de_2025__ao___projeto_de_lei_n_001_de_31_de_janeiro_de_2025..pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/750/emenda_modificativa_n_003_de_2025__ao___projeto_de_lei_n_001_de_31_de_janeiro_de_2025..pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA N° 003 DE 2025 — AO PROJETO DE LEI N° 001 DE 31_x000D_
 DE JANEIRO DE 2025._x000D_
 Altere-se o artigo 2° do Projeto de Lei n° 001 de 03 de fevereiro de_x000D_
 2025, onde faz constar dos requisitos para investidura no Cargo de Monitores_x000D_
 Disciplinar:</t>
   </si>
   <si>
     <t>751</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/751/emenda_004-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/751/emenda_004-2025.pdf</t>
   </si>
   <si>
     <t>Altere-se o artigo 3° do Projeto de Lei n° 001 de 03 de fevereiro de_x000D_
 2025, onde excluir:_x000D_
 Art. 3° Art. 3° - Ficam criados, no quadro de cargos de provimento_x000D_
 comissionado do Município de Urucuia (MG), as seguintes vagas de_x000D_
 cargos já existentes: 02 (duas) vagas de Assistente Judiciário; 22_x000D_
 (vinte e duas) vagas de Chefe de Divisão: 01 (uma) vaga de_x000D_
 Controlador Interno; 01 (uma) vaga de Diretor Escolar, 01 (uma) vaga_x000D_
 de Secretário de Gabinete: 01 (uma) vaga de Coordenador de_x000D_
 Finanças.</t>
   </si>
   <si>
     <t>944</t>
   </si>
   <si>
     <t>CFOTC - Comissão de Finanças, Orçamento e Tomada de Contas/2025</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/944/modificativa_n_005.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/944/modificativa_n_005.pdf</t>
   </si>
   <si>
     <t>“ALTERA OS ANEXOS DA LEI DE DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO DE 2026”.</t>
   </si>
   <si>
     <t>948</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/948/modificativa_n_006.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/948/modificativa_n_006.pdf</t>
   </si>
   <si>
     <t>ALTERA AS METAS E PRIORIDADES ESTABELECIDAS NO PLANO PLURIANUAL PARA O PERÍODO DE 2026 A 2029.</t>
   </si>
   <si>
     <t>952</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/952/modificativa_n_007.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/952/modificativa_n_007.pdf</t>
   </si>
   <si>
     <t>Altera os incisos II, III e IV do artigo 3º do Projeto de Lei nº 38, de 01 de outubro de 2025, que “Estima a receita e fixa a despesa do Município para o exercício financeiro de 2026 e dá outras providências”.</t>
   </si>
   <si>
     <t>953</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/953/modificativa_n_008.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/953/modificativa_n_008.pdf</t>
   </si>
   <si>
     <t>ALTERA AS RECEITAS E METAS PROGRAMÁTICAS DO PROJETO DE LEI Nº 38/2025 QUE ESTIMA A RECEITA E FIXA A DESPESA PARA O EXERCÍCIO DE 2026.</t>
   </si>
   <si>
     <t>818</t>
   </si>
   <si>
     <t>EA</t>
   </si>
   <si>
     <t>Emenda Aditiva</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/818/emenda_aditiva_n_001_de_2025_-_projeto_de_lei_n_007_de_07_de_marco.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/818/emenda_aditiva_n_001_de_2025_-_projeto_de_lei_n_007_de_07_de_marco.pdf</t>
   </si>
   <si>
     <t>Acrescente-se §3°. no artigo 4° do Projeto de Lei n° 007, de 07 de março de 2025._x000D_
 O artigo 4° do Projeto de Lei n° 007, de 07 de março de 2025, passa a vigora acrescido do parágrafo §3° com a seguinte redação:_x000D_
 Art. 4° [. .]_x000D_
 §3° - Fica dispensado a cobrança da taxa prevista no artigo 3° desta Lei á Associação de Pais e Amigos dos Excepcionais - APAE, demais entidades sem fins lucrativos, pessoas em tratamento oncológico, renal e beneficiários do bolsa família.</t>
   </si>
   <si>
     <t>864</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/864/emenda_aditiva_n_001-2025.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/864/emenda_aditiva_n_001-2025.pdf</t>
   </si>
   <si>
     <t>EMENDA ADITIVA Nº 001 DE 2025 - PROJETO DE LEI Nº 021 DE 14 DE_x000D_
 ABRIL DE 2025.</t>
   </si>
   <si>
     <t>945</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/945/aditiva_n_003.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/945/aditiva_n_003.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA DISPOSITIVO AO PROJETO DE LEI Nº 36/2025, QUE “DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA DE 2026”, A FIM DE INCLUIR O PROGRAMA BRASIL AGROECOLÓGICO ENTRE AS PRIORIDADES E METAS DA ADMINISTRAÇÃO MUNICIPAL.</t>
   </si>
   <si>
     <t>946</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/946/aditiva_n_004.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/946/aditiva_n_004.pdf</t>
   </si>
   <si>
     <t>ACRESCE AÇÃO ORÇAMENTÁRIA ESPECÍFICA NA LEI DE DIRETRIZES ORÇAMENTÁRIAS DE 2026, DESTINADA À EXECUÇÃO DO PROGRAMA MUNICIPAL DE PROMOÇÃO DOS DIREITOS E DA CIDADANIA LGBTQIAPN+.</t>
   </si>
   <si>
     <t>947</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/947/aditiva_n_005.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/947/aditiva_n_005.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA DISPOSITIVO À LEI DE DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO DE 2026, A FIM DE INCLUIR A POLÍTICA NACIONAL DE SAÚDE INTEGRAL DA POPULAÇÃO NEGRA ENTRE AS PRIORIDADES E METAS DA ADMINISTRAÇÃO MUNICIPAL.</t>
   </si>
   <si>
     <t>949</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/949/aditiva_n_006.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/949/aditiva_n_006.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA DISPOSITIVO AO ART. 11 DO PROJETO DE LEI Nº 37/2025, QUE “DISPÕE SOBRE O PLANO PLURIANUAL PARA O PERÍODO DE 2026 A 2029”, PARA INCLUIR A IMPLEMENTAÇÃO DA POLÍTICA NACIONAL DE SAÚDE INTEGRAL DA POPULAÇÃO NEGRA NO ÂMBITO DO PLANEJAMENTO MUNICIPAL.</t>
   </si>
   <si>
     <t>950</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/950/aditiva_n_007.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/950/aditiva_n_007.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA DISPOSITIVO AO ART. 11 E AOS ANEXOS DO PROJETO DE LEI Nº 37/2025, PARA INCLUSÃO DO PROGRAMA BRASIL AGROECOLÓGICO NO PLANO PLURIANUAL 2026–2029.</t>
   </si>
   <si>
     <t>951</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/951/aditiva_008.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/951/aditiva_008.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA AÇÃO ORÇAMENTÁRIA E INSTITUI O PROGRAMA MUNICIPAL DE PROMOÇÃO DOS DIREITOS E DA CIDADANIA LGBTQIAPN+ NO PLANO PLURIANUAL 2026–2029.</t>
   </si>
   <si>
     <t>954</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/954/aditiva_n_009.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/954/aditiva_n_009.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA AÇÃO ORÇAMENTÁRIA ESPECÍFICA NA LEI ORÇAMENTÁRIA ANUAL DE 2026 DESTINADA À EXECUÇÃO DA POLÍTICA NACIONAL DE SAÚDE INTEGRAL DA POPULAÇÃO NEGRA.</t>
   </si>
   <si>
     <t>955</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/955/aditiva_n_010.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/955/aditiva_n_010.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA AÇÃO ORÇAMENTÁRIA ESPECÍFICA NA LEI ORÇAMENTÁRIA ANUAL DE 2026 DESTINADA À EXECUÇÃO DO PROGRAMA BRASIL AGROECOLÓGICO.</t>
   </si>
   <si>
     <t>956</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/956/aditiva_n_011.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/956/aditiva_n_011.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA AÇÃO ORÇAMENTÁRIA ESPECÍFICA NA LEI ORÇAMENTÁRIA ANUAL DE 2026 DESTINADA À EXECUÇÃO DO PROGRAMA MUNICIPAL DE PROMOÇÃO DOS DIREITOS E DA CIDADANIA LGBTQIAPN+.</t>
   </si>
   <si>
     <t>968</t>
   </si>
   <si>
     <t>EI</t>
   </si>
   <si>
     <t>Emenda Impositiva</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/968/emenda_aditiva_impositiva_n_001.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/968/emenda_aditiva_impositiva_n_001.pdf</t>
   </si>
   <si>
     <t>Emenda Aditiva Impositiva destinada à construção de um salão de reuniões na sede do conselho Comunitário Pitombeira.</t>
   </si>
   <si>
     <t>976</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/976/emenda_aditiva_impositiva_002.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/976/emenda_aditiva_impositiva_002.pdf</t>
   </si>
   <si>
     <t>Emenda Aditiva Impositiva destinada à perfuração de barragens e barraginhas e conservação de estradas nas comunidades de Bonito, Brejo Grande e Pedras</t>
   </si>
   <si>
     <t>969</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/969/emenda_aditiva_impositiva_n_003.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/969/emenda_aditiva_impositiva_n_003.pdf</t>
   </si>
   <si>
     <t>Emenda Aditiva impositiva destinado para reforma da ponte de madeira do Córrego Sabão</t>
   </si>
   <si>
     <t>970</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/970/emenda_aditiva_impositiva_n_004.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/970/emenda_aditiva_impositiva_n_004.pdf</t>
   </si>
   <si>
     <t>Emenda Aditiva Impositiva destinada à perfuração de barragens e conservação das já existentes nas comunidades de Bonito, Judas, Pedras, Matão e Gameleira.</t>
   </si>
   <si>
     <t>977</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/977/emenda_aditiva_impositiva_005.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/977/emenda_aditiva_impositiva_005.pdf</t>
   </si>
   <si>
     <t>Emenda Aditiva Impositiva ao Projeto de Lei 38/2025 - Aquisição e soltura de Alevinos para repovoamento do Rio Urucuia.</t>
   </si>
   <si>
     <t>971</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/971/emenda_aditiva_impositiva_n_006.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/971/emenda_aditiva_impositiva_n_006.pdf</t>
   </si>
   <si>
     <t>Emenda Aditiva Impositiva destinada à construção de um galpão, para atendimento da Associação Comunitária do Bonito de Urucuia/MG.</t>
   </si>
   <si>
     <t>972</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/972/emenda_aditiva_impositiva_n_007.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/972/emenda_aditiva_impositiva_n_007.pdf</t>
   </si>
   <si>
     <t>Emenda Aditiva Impositiva destinada à perfuração e equipamento de poços artesianos nas comunidades de Jacaré e Tamboril.</t>
   </si>
   <si>
     <t>973</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/973/emenda_aditiva_impositiva_n_008.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/973/emenda_aditiva_impositiva_n_008.pdf</t>
   </si>
   <si>
     <t>Emenda Aditiva Impositiva destinada a construção de um galpão, para atendimento da Central de Associação de Associações de urucuia/MG.</t>
   </si>
   <si>
     <t>975</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/975/emenda_aditiva_impositiva_009.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/975/emenda_aditiva_impositiva_009.pdf</t>
   </si>
   <si>
     <t>Emenda Aditiva Impositiva destinada à aquisição de um veículo para a Secretaria Municipal de Saúde.</t>
   </si>
   <si>
     <t>974</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/974/emenda_aditiva_impositiva_n_010.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/974/emenda_aditiva_impositiva_n_010.pdf</t>
   </si>
   <si>
     <t>Emenda Aditiva Impositiva Coletiva - Destinada à aquisição de móveis, equipamentos hospitalares e materiais permanentes para atendimento do Hospital Municipal Grícia Lisboa de Rezende.</t>
   </si>
   <si>
     <t>927</t>
   </si>
   <si>
     <t>REQE</t>
   </si>
   <si>
     <t>Requerimento Externo</t>
   </si>
   <si>
     <t>Gleison Lisboa de Resende</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/927/requerimento_licenca_cargo_vice-prefeito-gleison_28129_assinado.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/927/requerimento_licenca_cargo_vice-prefeito-gleison_28129_assinado.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO DE LICENÇA DO CARGO ELETIVO, GLEISON LISBOA DE REZENDE.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -3351,68 +3351,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/755/indicacao_-_001_-_2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/756/indicacao_-_002_-_2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/757/indicacao_-_003_-_2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/758/indicacao_-_004_-_2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/759/indicacao_-_005_-_2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/760/indicacao_-_006_-_2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/761/indicacao_-_007_-_2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/762/indicacao_-_008_-_2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/763/indicacao_-_009_-_2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/780/indicacao_n_010-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/781/indicacao_012-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/782/indicacao_013_-2025-.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/800/indicacao_-_014_-_2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/783/indicacao_015-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/801/indicacao_-_016_-_2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/784/indicacao_017-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/785/indicacao_018-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/786/indicacao_019-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/787/indicacao_020-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/788/indicacao_021-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/789/indicacao_022_-_2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/790/indicacao_023-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/791/indicacao_024-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/797/indicacao_025-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/805/indicacao_no027-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/804/indicacao_028_-_2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/802/indicacao_-_no_030_-_2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/803/indicacao_-_no_31_-_2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/844/projeto_de_indicacao_jose_do_parto_e_ronaldo_-.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/806/indicacao_no033-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/813/indicacao_de_lei_034_-_2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/812/projeto_de_lei_035_-_2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/807/projeto_d_lei_036_-_2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/820/indicacao_n_037-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/821/indicacao_n_038-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/822/indicacao_n_039-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/825/indicacao_n_040-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/826/indicacao_n_041-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/827/indicacao_n_042-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/828/indicacao_n_043-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/829/indicacao_n_044-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/830/indicacao_n_045-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/831/indicacao_n_046-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/832/indicacao_n_047-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/833/indicacao_n_048-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/834/indicacao_n_049-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/835/indicacao_n_050-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/836/indicacao_n_051-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/837/indicacao_n_052-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/838/indicacao_n_053-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/839/indicacao_n_054-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/848/indicacao_055_-_2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/849/indicao_056_-_2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/854/indicacao_n_058-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/855/indicacao_n_059_-_2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/856/indicacao_n_060_-_2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/857/indicacao_n_061_-_2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/859/indicacao_n_063-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/870/indicacao_n_065-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/871/indicacao_n_066-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/868/indicacao_n_067-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/869/indicacao_n_068-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/872/indicacao_n_069-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/873/indicacao_no_070_-_2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/876/indicacao_n_071-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/877/indicacao_n_072-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/878/indicacao_n_073-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/879/indicacao_n_074-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/880/indicacao_n_075-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/881/indicacao_n_076-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/882/indicacao_n_077-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/883/indicacao_n_078-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/884/indicacao_n_079-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/885/indicacao_n_080-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/888/indicacao_081-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/889/indicacao_082-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/890/indicacao_083-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/891/indicacao_084-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/892/indicacao_085-2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/893/indicacao_086-2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/894/indicacao_087-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/895/indicacao_088-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/896/indicacao_089-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/901/indicacao__090_geraldo_e_outros.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/902/indicacao__091_geraldo.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/909/indicacao_092..pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/910/indicacao_093.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/911/indicacao_094.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/920/indicacao__095_-_albanita.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/921/indicacao__096_-_ze_do_parto.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/922/indicacao_097_-_netao_do_povo.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/923/indicacao_098_-_netao_do_povo.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/924/indicacao__099_-_geraldoze_do_parto.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/925/indicacao__100_geraldo.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/931/indicacao_101.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/932/indicacao_102.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/933/indicacao_104-2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/934/indicacao_105-2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/936/indicacao_106-2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/937/indicacao_107-2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/938/indicacao_108-2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/939/indicacao_109-2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/940/indicacao_111-2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/941/indicacao_114-2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/957/indicacao_115.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/958/indicacao_116.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/959/indicacao_117.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/960/indicacao_118.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/961/indicacao_119.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/792/projeto_de_decreto_legislativo_001-2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/798/projeto_de_lei_complementar_-_restabelece_contagem_tempo_de_sersvico_1_assinado.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/904/projeto_de_lei_complementar_02-2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/943/projeto_de_lei_complementar_no_11.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/742/projeto_de_lei_n_01_-_2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/743/projeto_de_lei_02_-_2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/744/projeto_de_lei_n03_-_2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/752/projeto_de_lei_004_-_2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/754/projeto_de_lei_005_-_2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/753/projeto_de_lei_006_-_2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/770/projeto_de_lei_007_-_2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/771/projeto_de_lei_008_-_2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/772/pl_modifica_nome_logradouro_1.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/773/projeto_de_lei_ordinaria_-_010_-_2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/774/projeto_de_lei_-_modifica_valor_gratificacao_da_comissao_de_licitacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/775/projeto_de_lei_012-2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/776/projeto_de_resolucao_n_0042025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/777/pl_recomposicao_da_aprendizagem_-_com_anexo__-_assinado.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/793/projeto_de_lei_015-2025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/799/projeto_de_lei_016-2025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/808/projeto_de_lei_017_-_2025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/809/projeto_de_lei_0018_-_2025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/810/projeto_de_lei_019_-_2025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/811/projeto_de_lei_020_-_2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/815/projeto_de_lei_021-2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/840/projeto_de_lei_n_023-2025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/846/pl_24__-_protocolo_intencoes_cisalp_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/852/projeto_de_lei_025-2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/853/projeto_de_lei_026-2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/865/pl_27_-_loa_assinado_1-.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/866/projeto_de_lei_no_028.2025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/867/projeto_de_lei_029-2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/874/projeto_de_lei_n_30_de_12_de_agosto_de_2025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/875/projeto_de_lei_n_31_de_12_de_agosto_de_2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/886/projeto_de_lei_n_32_de_25_de_agosto_de_2025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/887/projeto_de_lei_n_33-2025.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/900/projeto_de_lei_034-2025_-.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/905/projeto_de_lei_035-2025.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/906/alteracao_ldo_completa_2025.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/907/ppa_completo_2025.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/908/loa_completa_2025.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/915/projeto_de_lei_no_39.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/917/projeto_de_lei_40_de_2025_1.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/918/projeto_de_lei_41_1.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/919/projeto_de_lei_042_-_jose_weber.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/928/oficio_-_pl_43_-_anexos.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/929/projeto_de_lei_45_anexos.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/930/projeto_de_lei_046-2025.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/942/projeto_de_lei_047-25.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/963/projeto_de_lei_no_48_-_programa_minha_casa_minha_vida_-_terrenos_1.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/964/pl_492025_merged_1.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/966/pl_502025_052025.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/747/projeto_de_resolucao_001_-_2025.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/746/pprojeto_de_resolucao_n_002-2025.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/814/projeto_de_resolucao_003_-_2025.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/816/projeto_de_resolucao_n_004-2025.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/817/projeto_de_resolucao_n._005-2025.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/935/projeto_de_resolucao_006-2025.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/978/projeto_de_resolucao_007-2025.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/979/projeto_de_resolucao_008-2025.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/980/projeto_de_resolucao_009-2025.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/981/projeto_de_resolucao_010-2025.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/982/projeto_de_resolucao_011-2025.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/764/requerimento_-_001_-_2025.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/765/requerimento_-_002-2025.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/766/requerimento_-_003-2025.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/767/requerimento_-_004_-_2025.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/768/requerimento_-_005_-_2025.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/769/requerimento_-006_-_2025.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/794/requerimento_008-2025.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/795/requerimento_009_-_2025.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/796/requerimento_010-2025.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/824/requerimento_n011-2025.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/823/requerimento_n_012-2025.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/845/requerimento_013_-_2025.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/841/requerimento_n_014-2025.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/842/requerimento_n_015-2025.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/843/requerimento_n_0162025.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/851/requerimento_017_-_2025.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/860/requerimento_n_019-2025.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/861/requerimento_n_020-2025.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/862/requerimento_n_021_-_2025.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/897/requerimento_022-2025.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/898/requerimento_023-2025.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/899/requerimento_024-2025.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/903/requerimento_025_-_ze_do_parto_e_outros.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/912/requerimento_026.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/913/requerimento_027.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/914/requerimento_028.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/926/requerimento_29_-_jose_weber.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/962/requerimento_31.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/745/projeto_de_lei_001-2025_correto.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/727/oficio_n001-2025.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2026/728/oficio_n002-2025.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/729/oficio_n003-2025.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/730/oficio_n004-_2025.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/726/oficio_n005_-_2025.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/732/oficio_n006_-_2025.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/733/oficio_n007-2025.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/734/oficio_n008-2025.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/735/oficio_n009-2025.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/736/oficio_n010-2025.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/737/oficio_n011-2025.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/731/oficio_n_012-2025.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/741/oficio_n_023_-_2025.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/778/justificativa_pl_1.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/779/oficio_envio_pl_recomposicao_da_apredizagem_-_assinado_oficio_93.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/748/emenda_modificativa_no_001_de_2025_-_projeto_de_resolucao_no_001_de_31_de_janeiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/749/emenda_002-2025.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/750/emenda_modificativa_n_003_de_2025__ao___projeto_de_lei_n_001_de_31_de_janeiro_de_2025..pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/751/emenda_004-2025.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/944/modificativa_n_005.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/948/modificativa_n_006.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/952/modificativa_n_007.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/953/modificativa_n_008.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/818/emenda_aditiva_n_001_de_2025_-_projeto_de_lei_n_007_de_07_de_marco.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/864/emenda_aditiva_n_001-2025.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/945/aditiva_n_003.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/946/aditiva_n_004.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/947/aditiva_n_005.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/949/aditiva_n_006.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/950/aditiva_n_007.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/951/aditiva_008.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/954/aditiva_n_009.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/955/aditiva_n_010.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/956/aditiva_n_011.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/968/emenda_aditiva_impositiva_n_001.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/976/emenda_aditiva_impositiva_002.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/969/emenda_aditiva_impositiva_n_003.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/970/emenda_aditiva_impositiva_n_004.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/977/emenda_aditiva_impositiva_005.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/971/emenda_aditiva_impositiva_n_006.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/972/emenda_aditiva_impositiva_n_007.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/973/emenda_aditiva_impositiva_n_008.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/975/emenda_aditiva_impositiva_009.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/974/emenda_aditiva_impositiva_n_010.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/927/requerimento_licenca_cargo_vice-prefeito-gleison_28129_assinado.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/755/indicacao_-_001_-_2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/756/indicacao_-_002_-_2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/757/indicacao_-_003_-_2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/758/indicacao_-_004_-_2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/759/indicacao_-_005_-_2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/760/indicacao_-_006_-_2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/761/indicacao_-_007_-_2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/762/indicacao_-_008_-_2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/763/indicacao_-_009_-_2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/780/indicacao_n_010-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/781/indicacao_012-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/782/indicacao_013_-2025-.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/800/indicacao_-_014_-_2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/783/indicacao_015-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/801/indicacao_-_016_-_2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/784/indicacao_017-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/785/indicacao_018-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/786/indicacao_019-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/787/indicacao_020-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/788/indicacao_021-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/789/indicacao_022_-_2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/790/indicacao_023-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/791/indicacao_024-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/797/indicacao_025-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/805/indicacao_no027-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/804/indicacao_028_-_2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/802/indicacao_-_no_030_-_2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/803/indicacao_-_no_31_-_2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/844/projeto_de_indicacao_jose_do_parto_e_ronaldo_-.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/806/indicacao_no033-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/813/indicacao_de_lei_034_-_2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/812/projeto_de_lei_035_-_2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/807/projeto_d_lei_036_-_2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/820/indicacao_n_037-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/821/indicacao_n_038-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/822/indicacao_n_039-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/825/indicacao_n_040-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/826/indicacao_n_041-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/827/indicacao_n_042-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/828/indicacao_n_043-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/829/indicacao_n_044-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/830/indicacao_n_045-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/831/indicacao_n_046-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/832/indicacao_n_047-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/833/indicacao_n_048-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/834/indicacao_n_049-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/835/indicacao_n_050-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/836/indicacao_n_051-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/837/indicacao_n_052-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/838/indicacao_n_053-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/839/indicacao_n_054-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/848/indicacao_055_-_2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/849/indicao_056_-_2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/854/indicacao_n_058-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/855/indicacao_n_059_-_2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/856/indicacao_n_060_-_2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/857/indicacao_n_061_-_2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/859/indicacao_n_063-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/870/indicacao_n_065-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/871/indicacao_n_066-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/868/indicacao_n_067-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/869/indicacao_n_068-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/872/indicacao_n_069-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/873/indicacao_no_070_-_2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/876/indicacao_n_071-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/877/indicacao_n_072-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/878/indicacao_n_073-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/879/indicacao_n_074-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/880/indicacao_n_075-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/881/indicacao_n_076-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/882/indicacao_n_077-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/883/indicacao_n_078-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/884/indicacao_n_079-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/885/indicacao_n_080-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/888/indicacao_081-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/889/indicacao_082-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/890/indicacao_083-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/891/indicacao_084-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/892/indicacao_085-2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/893/indicacao_086-2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/894/indicacao_087-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/895/indicacao_088-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/896/indicacao_089-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/901/indicacao__090_geraldo_e_outros.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/902/indicacao__091_geraldo.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/909/indicacao_092..pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/910/indicacao_093.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/911/indicacao_094.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/920/indicacao__095_-_albanita.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/921/indicacao__096_-_ze_do_parto.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/922/indicacao_097_-_netao_do_povo.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/923/indicacao_098_-_netao_do_povo.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/924/indicacao__099_-_geraldoze_do_parto.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/925/indicacao__100_geraldo.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/931/indicacao_101.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/932/indicacao_102.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/933/indicacao_104-2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/934/indicacao_105-2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/936/indicacao_106-2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/937/indicacao_107-2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/938/indicacao_108-2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/939/indicacao_109-2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/940/indicacao_111-2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/941/indicacao_114-2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/957/indicacao_115.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/958/indicacao_116.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/959/indicacao_117.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/960/indicacao_118.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/961/indicacao_119.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/792/projeto_de_decreto_legislativo_001-2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/798/projeto_de_lei_complementar_-_restabelece_contagem_tempo_de_sersvico_1_assinado.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/904/projeto_de_lei_complementar_02-2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/943/projeto_de_lei_complementar_no_11.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/742/projeto_de_lei_n_01_-_2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/743/projeto_de_lei_02_-_2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/744/projeto_de_lei_n03_-_2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/752/projeto_de_lei_004_-_2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/754/projeto_de_lei_005_-_2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/753/projeto_de_lei_006_-_2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/770/projeto_de_lei_007_-_2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/771/projeto_de_lei_008_-_2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/772/pl_modifica_nome_logradouro_1.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/773/projeto_de_lei_ordinaria_-_010_-_2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/774/projeto_de_lei_-_modifica_valor_gratificacao_da_comissao_de_licitacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/775/projeto_de_lei_012-2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/776/projeto_de_resolucao_n_0042025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/777/pl_recomposicao_da_aprendizagem_-_com_anexo__-_assinado.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/793/projeto_de_lei_015-2025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/799/projeto_de_lei_016-2025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/808/projeto_de_lei_017_-_2025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/809/projeto_de_lei_0018_-_2025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/810/projeto_de_lei_019_-_2025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/811/projeto_de_lei_020_-_2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/815/projeto_de_lei_021-2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/840/projeto_de_lei_n_023-2025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/846/pl_24__-_protocolo_intencoes_cisalp_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/852/projeto_de_lei_025-2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/853/projeto_de_lei_026-2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/865/pl_27_-_loa_assinado_1-.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/866/projeto_de_lei_no_028.2025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/867/projeto_de_lei_029-2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/874/projeto_de_lei_n_30_de_12_de_agosto_de_2025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/875/projeto_de_lei_n_31_de_12_de_agosto_de_2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/886/projeto_de_lei_n_32_de_25_de_agosto_de_2025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/887/projeto_de_lei_n_33-2025.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/900/projeto_de_lei_034-2025_-.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/905/projeto_de_lei_035-2025.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/906/alteracao_ldo_completa_2025.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/907/ppa_completo_2025.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/908/loa_completa_2025.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/915/projeto_de_lei_no_39.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/917/projeto_de_lei_40_de_2025_1.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/918/projeto_de_lei_41_1.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/919/projeto_de_lei_042_-_jose_weber.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/928/oficio_-_pl_43_-_anexos.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/929/projeto_de_lei_45_anexos.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/930/projeto_de_lei_046-2025.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/942/projeto_de_lei_047-25.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/963/projeto_de_lei_no_48_-_programa_minha_casa_minha_vida_-_terrenos_1.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/964/pl_492025_merged_1.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/966/pl_502025_052025.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/747/projeto_de_resolucao_001_-_2025.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/746/pprojeto_de_resolucao_n_002-2025.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/814/projeto_de_resolucao_003_-_2025.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/816/projeto_de_resolucao_n_004-2025.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/817/projeto_de_resolucao_n._005-2025.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/935/projeto_de_resolucao_006-2025.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/978/projeto_de_resolucao_007-2025.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/979/projeto_de_resolucao_008-2025.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/980/projeto_de_resolucao_009-2025.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/981/projeto_de_resolucao_010-2025.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/982/projeto_de_resolucao_011-2025.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/764/requerimento_-_001_-_2025.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/765/requerimento_-_002-2025.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/766/requerimento_-_003-2025.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/767/requerimento_-_004_-_2025.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/768/requerimento_-_005_-_2025.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/769/requerimento_-006_-_2025.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/794/requerimento_008-2025.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/795/requerimento_009_-_2025.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/796/requerimento_010-2025.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/824/requerimento_n011-2025.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/823/requerimento_n_012-2025.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/845/requerimento_013_-_2025.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/841/requerimento_n_014-2025.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/842/requerimento_n_015-2025.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/843/requerimento_n_0162025.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/851/requerimento_017_-_2025.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/860/requerimento_n_019-2025.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/861/requerimento_n_020-2025.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/862/requerimento_n_021_-_2025.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/897/requerimento_022-2025.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/898/requerimento_023-2025.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/899/requerimento_024-2025.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/903/requerimento_025_-_ze_do_parto_e_outros.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/912/requerimento_026.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/913/requerimento_027.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/914/requerimento_028.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/926/requerimento_29_-_jose_weber.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/962/requerimento_31.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/745/projeto_de_lei_001-2025_correto.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/727/oficio_n001-2025.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2026/728/oficio_n002-2025.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/729/oficio_n003-2025.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/730/oficio_n004-_2025.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/726/oficio_n005_-_2025.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/732/oficio_n006_-_2025.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/733/oficio_n007-2025.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/734/oficio_n008-2025.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/735/oficio_n009-2025.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/736/oficio_n010-2025.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/737/oficio_n011-2025.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/731/oficio_n_012-2025.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/741/oficio_n_023_-_2025.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/778/justificativa_pl_1.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/779/oficio_envio_pl_recomposicao_da_apredizagem_-_assinado_oficio_93.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/748/emenda_modificativa_no_001_de_2025_-_projeto_de_resolucao_no_001_de_31_de_janeiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/749/emenda_002-2025.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/750/emenda_modificativa_n_003_de_2025__ao___projeto_de_lei_n_001_de_31_de_janeiro_de_2025..pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/751/emenda_004-2025.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/944/modificativa_n_005.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/948/modificativa_n_006.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/952/modificativa_n_007.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/953/modificativa_n_008.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/818/emenda_aditiva_n_001_de_2025_-_projeto_de_lei_n_007_de_07_de_marco.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/864/emenda_aditiva_n_001-2025.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/945/aditiva_n_003.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/946/aditiva_n_004.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/947/aditiva_n_005.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/949/aditiva_n_006.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/950/aditiva_n_007.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/951/aditiva_008.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/954/aditiva_n_009.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/955/aditiva_n_010.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/956/aditiva_n_011.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/968/emenda_aditiva_impositiva_n_001.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/976/emenda_aditiva_impositiva_002.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/969/emenda_aditiva_impositiva_n_003.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/970/emenda_aditiva_impositiva_n_004.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/977/emenda_aditiva_impositiva_005.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/971/emenda_aditiva_impositiva_n_006.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/972/emenda_aditiva_impositiva_n_007.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/973/emenda_aditiva_impositiva_n_008.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/975/emenda_aditiva_impositiva_009.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/974/emenda_aditiva_impositiva_n_010.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2025/927/requerimento_licenca_cargo_vice-prefeito-gleison_28129_assinado.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H250"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="126.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="164" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="163.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>