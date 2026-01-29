--- v0 (2025-10-29)
+++ v1 (2026-01-29)
@@ -527,51 +527,51 @@
   <si>
     <t>"Altera o inciso I do art. 50 da Lei Municipal n° 817/2023, que estima a receita e fixa a despesa do Município de Urucuia — MG, para o exercício financeiro de 2024, e dá outras providências."</t>
   </si>
   <si>
     <t>721</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/721/projeto_de_lei_35_-_2024.pdf</t>
   </si>
   <si>
     <t>"Cria cargo que menciona e dá outras providencias."</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/405/projeto_de_resolucao_n_002-2024-parte_1.pdf</t>
+    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/405/projeto_de_resolucao_002-2024.pdf</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO N° 002, /2024 Dispõe sobre alteração na Resolução n° 001/2016 da Câmara Municipal de Urucuia e dá outras providências.</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
     <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/516/projeto_de_resolucao_n_003-2024-cleuber.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADANIA HONORARIA E DA OUTRAS PROVIDENCIAS. Ao Sr. Juliano Machado Amaral Melo pelos relevantes serviços prestados ao Município.</t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
     <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/641/projeto_de_resolucao_n_004-2024-ze_do_parto.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADANIA HONORARIA E DA OUTRAS PROVIDENCIAS. ao Sr. Mauricio Jose Nascimento pelos_x000D_
 relevantes serviços prestados ao Município.</t>
   </si>
   <si>
     <t>404</t>
@@ -2137,51 +2137,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/256/emenda_supressiva_n_001_de_2024_-_projeto_de_lei_n_015_de_19_de_abril_de_2024.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/267/emenda_supressiva_002-2024_ao_projeto_de_lei_022-2024.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/723/emenda_supressiva_003-2024__-_netao.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/503/indicacao_n_001-2024-cleuber-ediel.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/316/indicacao_n_002-2024-zeze.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/715/indicacao_n_003-2024-netao.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/502/indicacao_n_005-2024-cleuber-ediel.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/394/indicacao_n_006-2024-bebim-parte_2.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/714/indicacao_n_007-2024-netao.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/314/indicacao_n_008-2024-edvaldo-bebim-zeze-ze_do_parto-bana.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/315/indicacao_n_002-2024-zeze.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/260/projeto_02_2024.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/261/projeto_de_lei_n_003-2024-.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/262/projeto_de_lei_04_2024.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/244/projeto_de_lei_005_-_2024.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/245/projeto_de_lei_006_-_2024.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/414/projeto_de_lei_009-2024-_edvaldo.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/413/projeto_de_lei_011-edvaldo-2024-parte_1.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/246/projeto_de_lei_013-2024.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/249/projeto_de_lei_014-2024.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/247/projeto_de_lei_015-2024.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/259/projeto_de_lei_municipal_n16__2024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/263/projeto_de_lei_18_-_2024.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/264/projeto_de_lei_22_-_2024.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/265/projeto_de_lei_n_020-_2024.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/719/projeto_de_lei_021-2024.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/266/projeto_de_lei_no_22_-_2024.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/322/projeto_de_lei_no_023_-_2024_3.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/369/projeto_de_lei_024_-_2024_c_justificativa.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/308/projeto_de_lei_025_-_2024.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/307/projeto_de_lei_025_-_2024.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/716/projeto_de_lei_027-2024.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/717/projeto_de_lei_028-2024.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/724/projeto_de_lei_033-2024.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/721/projeto_de_lei_35_-_2024.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/405/projeto_de_resolucao_n_002-2024-parte_1.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/516/projeto_de_resolucao_n_003-2024-cleuber.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/641/projeto_de_resolucao_n_004-2024-ze_do_parto.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/404/projeto_de_resolucao_n_005-2024-edvaldo.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/294/requerimento_n_001-2024-todos.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/317/requerimento_n_002-2024-todos.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/681/requerimento_n_004-2024-netao.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/396/requerimento_n_006-2024-edvaldo.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/680/requerimento_n_007-2024-netao.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/292/requerimento_n_008-2024-netao-ediel-darley-zeze.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/269/requerimento_n011-2024-bana-bebim.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/679/requerimento_n_012-2024-netao.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/291/requerimento_n_013-2024-edvaldo-bebim-zeze-ze_do_parto-bana.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/513/requerimento_n_014-2024-cleuber.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/250/requerimento_015-2024_-_darley_-_jose_do_parto.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/258/requerimento_016-2024_-_darlei.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/251/requerimento_017-2024_-_jose_do_parto_-albanita.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/252/requerimento_n_018-2024-edvaldo.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/253/requerimento_n_019-2024-edvaldo-bebim-zeze-ze_do_parto-bana.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/257/requerimento_020-2024_-_jose_augusto.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/254/requerimento_n_021-2024-zeze-edvaldo.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/255/requerimento_022-2024_darley.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/718/requerimento_n_041_-_2024.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/720/requerimento_n_042_-_2024.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/433/oficio_045-2024-edvaldo.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/268/of._n2_0012024_-_mais_construtora.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/491/oficio_n_002-2024-ze_do_parto.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/391/oficio_005-2024-bebim.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/456/oficio_006-2024-edvaldo.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/455/oficio_007-2024-edvaldo.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/454/oficio_008-2024-edvaldo.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/453/oficio_009-2024-edvaldo.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/500/oficio_n_010-2024-ediel.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/464/oficio_011-2024-edvaldo.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/452/oficio_012-2024-edvaldo.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/451/oficio_013-2024-edvaldo.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/450/oficio_014-2024-edvaldo.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/449/oficio_015-2024-edvaldo.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/354/oficio_016-2024-bana.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/353/oficio_020-2024-bana.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/448/oficio_021-2024-edvaldo.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/352/oficio_022-2024-bana.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/351/oficio_023-2024-bana.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/350/oficio_n_024-2024-bana.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/306/oficio_025-2024-zeze.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/447/oficio_n_26-2024-edvaldo.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/490/oficio_n_027-2024-ze_do_parto.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/446/oficio_028-2024-edvaldo.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/349/oficio_n_029-2024-bana.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/422/oficio_n030-2024-edvaldo.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/445/oficio_031-2024-edvaldo.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/444/oficio_032-2024-edvaldo.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/443/oficio_033-2024-edvaldo.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/442/oficio_n_034-2024-edvaldo.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/441/oficio_035-2024-edvaldo.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/440/oficio_036-2024-edvaldo.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/439/oficio_037-2024-edvaldo.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/421/oficio_n038-2024-edvaldo.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/438/oficio_039-2024-edvaldo.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/437/oficio_040-2024-edvaldo.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/348/oficio_n_041-2024-bana.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/436/oficio_042-2024-edvaldo.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/435/oficio_043-2024-edvaldo.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/434/oficio_044-2024-edvaldo.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/462/oficio_045-2024-edvaldo.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/432/oficio_046-2024-edvaldo.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/431/oficio_047-2024-edvaldo.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/346/oficio_048-2024-todos.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/489/oficio_n049-2024-ze_do_parto.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/488/oficio_n050-2024-ze_do_parto.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/390/oficio_n_051-2024-bebim.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/389/oficio_n_052-2024-bebim.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/388/oficio_n_053-2024-bebim.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/508/oficio_055-2024-darley.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/345/oficio_057-2024-bana.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/430/oficio_058-2024-edvaldo.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/429/oficio_059-2024-edvaldo.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/457/oficio_n_060-2024-edvaldo.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/344/oficio_n_061-2024-ze_do_parto-bana.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/461/oficio_062-2024-edvaldo.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/428/oficio_063-2024-edvaldo.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/427/oficio_064-2024-edvaldo.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/426/oficio_065-2024-edvaldo.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/425/oficio_067-2024-edvaldo.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/424/oficio_n_069-2024-edvaldo.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/387/oficio-075-2024-bebim-bana-ze_do_parto.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/423/oficio_n_078-2024-edvaldo.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/420/oficio_n079-2024-edvaldo.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/509/oficio_080-2024-darley.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/460/oficio_081-2024-edvaldo.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/493/oficio_082-2024-ze_do_parto-bana-bebim.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/304/oficio_083-2024-zeze.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/356/oficio_084-2024-ze_do_parto-bana-bebim.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/707/oficio_085-2024-netao.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/492/oficio_086-2024-ze_do_parto.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/643/oficio_087-2024-cleuber.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/459/oficio_088-2024-edvaldo.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/458/oficio_089-2024-edvaldo.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/355/oficio_090-2024-bebim-bana.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/393/oficio_004-2024-bebim_2.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/418/oficio-096-2024-edvaldo.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/417/oficio-097-2024-edvaldo.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/739/emenda_aditiva_de_carater_impositivo_n_001_de_2024_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/722/emenda_modificativa_003-2024_-_netao_do_povo.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/248/mensagem_de_veto_001-2024.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/738/emenda_aditiva_de_carater_impositivo_n_001_de_2024_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/819/prestacao_de_contas_do_executivo_2024.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/256/emenda_supressiva_n_001_de_2024_-_projeto_de_lei_n_015_de_19_de_abril_de_2024.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/267/emenda_supressiva_002-2024_ao_projeto_de_lei_022-2024.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/723/emenda_supressiva_003-2024__-_netao.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/503/indicacao_n_001-2024-cleuber-ediel.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/316/indicacao_n_002-2024-zeze.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/715/indicacao_n_003-2024-netao.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/502/indicacao_n_005-2024-cleuber-ediel.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/394/indicacao_n_006-2024-bebim-parte_2.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/714/indicacao_n_007-2024-netao.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/314/indicacao_n_008-2024-edvaldo-bebim-zeze-ze_do_parto-bana.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/315/indicacao_n_002-2024-zeze.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/260/projeto_02_2024.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/261/projeto_de_lei_n_003-2024-.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/262/projeto_de_lei_04_2024.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/244/projeto_de_lei_005_-_2024.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/245/projeto_de_lei_006_-_2024.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/414/projeto_de_lei_009-2024-_edvaldo.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/413/projeto_de_lei_011-edvaldo-2024-parte_1.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/246/projeto_de_lei_013-2024.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/249/projeto_de_lei_014-2024.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/247/projeto_de_lei_015-2024.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/259/projeto_de_lei_municipal_n16__2024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/263/projeto_de_lei_18_-_2024.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/264/projeto_de_lei_22_-_2024.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/265/projeto_de_lei_n_020-_2024.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/719/projeto_de_lei_021-2024.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/266/projeto_de_lei_no_22_-_2024.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/322/projeto_de_lei_no_023_-_2024_3.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/369/projeto_de_lei_024_-_2024_c_justificativa.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/308/projeto_de_lei_025_-_2024.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/307/projeto_de_lei_025_-_2024.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/716/projeto_de_lei_027-2024.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/717/projeto_de_lei_028-2024.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/724/projeto_de_lei_033-2024.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/721/projeto_de_lei_35_-_2024.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/405/projeto_de_resolucao_002-2024.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/516/projeto_de_resolucao_n_003-2024-cleuber.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/641/projeto_de_resolucao_n_004-2024-ze_do_parto.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/404/projeto_de_resolucao_n_005-2024-edvaldo.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/294/requerimento_n_001-2024-todos.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/317/requerimento_n_002-2024-todos.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/681/requerimento_n_004-2024-netao.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/396/requerimento_n_006-2024-edvaldo.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/680/requerimento_n_007-2024-netao.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/292/requerimento_n_008-2024-netao-ediel-darley-zeze.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/269/requerimento_n011-2024-bana-bebim.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/679/requerimento_n_012-2024-netao.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/291/requerimento_n_013-2024-edvaldo-bebim-zeze-ze_do_parto-bana.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/513/requerimento_n_014-2024-cleuber.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/250/requerimento_015-2024_-_darley_-_jose_do_parto.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/258/requerimento_016-2024_-_darlei.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/251/requerimento_017-2024_-_jose_do_parto_-albanita.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/252/requerimento_n_018-2024-edvaldo.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/253/requerimento_n_019-2024-edvaldo-bebim-zeze-ze_do_parto-bana.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/257/requerimento_020-2024_-_jose_augusto.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/254/requerimento_n_021-2024-zeze-edvaldo.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/255/requerimento_022-2024_darley.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/718/requerimento_n_041_-_2024.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/720/requerimento_n_042_-_2024.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/433/oficio_045-2024-edvaldo.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/268/of._n2_0012024_-_mais_construtora.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/491/oficio_n_002-2024-ze_do_parto.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/391/oficio_005-2024-bebim.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/456/oficio_006-2024-edvaldo.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/455/oficio_007-2024-edvaldo.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/454/oficio_008-2024-edvaldo.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/453/oficio_009-2024-edvaldo.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/500/oficio_n_010-2024-ediel.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/464/oficio_011-2024-edvaldo.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/452/oficio_012-2024-edvaldo.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/451/oficio_013-2024-edvaldo.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/450/oficio_014-2024-edvaldo.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/449/oficio_015-2024-edvaldo.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/354/oficio_016-2024-bana.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/353/oficio_020-2024-bana.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/448/oficio_021-2024-edvaldo.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/352/oficio_022-2024-bana.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/351/oficio_023-2024-bana.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/350/oficio_n_024-2024-bana.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/306/oficio_025-2024-zeze.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/447/oficio_n_26-2024-edvaldo.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/490/oficio_n_027-2024-ze_do_parto.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/446/oficio_028-2024-edvaldo.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/349/oficio_n_029-2024-bana.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/422/oficio_n030-2024-edvaldo.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/445/oficio_031-2024-edvaldo.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/444/oficio_032-2024-edvaldo.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/443/oficio_033-2024-edvaldo.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/442/oficio_n_034-2024-edvaldo.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/441/oficio_035-2024-edvaldo.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/440/oficio_036-2024-edvaldo.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/439/oficio_037-2024-edvaldo.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/421/oficio_n038-2024-edvaldo.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/438/oficio_039-2024-edvaldo.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/437/oficio_040-2024-edvaldo.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/348/oficio_n_041-2024-bana.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/436/oficio_042-2024-edvaldo.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/435/oficio_043-2024-edvaldo.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/434/oficio_044-2024-edvaldo.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/462/oficio_045-2024-edvaldo.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/432/oficio_046-2024-edvaldo.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/431/oficio_047-2024-edvaldo.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/346/oficio_048-2024-todos.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/489/oficio_n049-2024-ze_do_parto.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/488/oficio_n050-2024-ze_do_parto.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/390/oficio_n_051-2024-bebim.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/389/oficio_n_052-2024-bebim.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/388/oficio_n_053-2024-bebim.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/508/oficio_055-2024-darley.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/345/oficio_057-2024-bana.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/430/oficio_058-2024-edvaldo.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/429/oficio_059-2024-edvaldo.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/457/oficio_n_060-2024-edvaldo.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/344/oficio_n_061-2024-ze_do_parto-bana.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/461/oficio_062-2024-edvaldo.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/428/oficio_063-2024-edvaldo.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/427/oficio_064-2024-edvaldo.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/426/oficio_065-2024-edvaldo.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/425/oficio_067-2024-edvaldo.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/424/oficio_n_069-2024-edvaldo.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/387/oficio-075-2024-bebim-bana-ze_do_parto.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/423/oficio_n_078-2024-edvaldo.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/420/oficio_n079-2024-edvaldo.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/509/oficio_080-2024-darley.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/460/oficio_081-2024-edvaldo.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/493/oficio_082-2024-ze_do_parto-bana-bebim.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/304/oficio_083-2024-zeze.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/356/oficio_084-2024-ze_do_parto-bana-bebim.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/707/oficio_085-2024-netao.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/492/oficio_086-2024-ze_do_parto.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/643/oficio_087-2024-cleuber.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/459/oficio_088-2024-edvaldo.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/458/oficio_089-2024-edvaldo.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/355/oficio_090-2024-bebim-bana.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/393/oficio_004-2024-bebim_2.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/418/oficio-096-2024-edvaldo.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/417/oficio-097-2024-edvaldo.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/739/emenda_aditiva_de_carater_impositivo_n_001_de_2024_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/722/emenda_modificativa_003-2024_-_netao_do_povo.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/248/mensagem_de_veto_001-2024.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/738/emenda_aditiva_de_carater_impositivo_n_001_de_2024_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2024/819/prestacao_de_contas_do_executivo_2024.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H145"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="41" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="147.7109375" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="151.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">