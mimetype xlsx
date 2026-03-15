--- v0 (2025-10-28)
+++ v1 (2026-03-15)
@@ -51,261 +51,261 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>ELO</t>
   </si>
   <si>
     <t xml:space="preserve">Emenda a Lei Orgânica </t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2020/33/projeto_de_emenda_a_lei_organica_no_10_2020.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2020/33/projeto_de_emenda_a_lei_organica_no_10_2020.pdf</t>
   </si>
   <si>
     <t>“Revoga o artigo 176- A e dá outras providências”</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Maicon do Sindicato</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2020/24/projeto_indicacao_001-2020.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2020/24/projeto_indicacao_001-2020.pdf</t>
   </si>
   <si>
     <t>Construção de passagens molhada nos Córregos Escaramuça e Tinguiri.</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2020/25/projeto_indicacao_002-2020.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2020/25/projeto_indicacao_002-2020.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva do Deputado Federal Vilson da FETAEMG no valor de R$ 100.000,00 para iluminação do campo de futebol de Vereda Grande.</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Rutilio Eugenio Cavalcanti Filho</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2020/16/projeto_de_lei_001-2020.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2020/16/projeto_de_lei_001-2020.pdf</t>
   </si>
   <si>
     <t>"Altera o art. 8º da Lei 481 de 02 de maio de 2011 para dispor sobre a readequação de jornada de trabalho dos professores do Ensino Fundamental e dá outras providências".</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2020/18/projeto_de_lei_002-2020.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2020/18/projeto_de_lei_002-2020.pdf</t>
   </si>
   <si>
     <t>"Institui o piso salarial dos servidores do magistério da Rede Municipal de Ensino e dá outras providências".</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2020/19/projeto_de_lei_003-2020.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2020/19/projeto_de_lei_003-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a gratificação de incentivo a Educação e dá outras providências.</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2020/20/projeto_de_lei_004-2020.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2020/20/projeto_de_lei_004-2020.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a concessão e forma de Gratificação aos Professores, a título de rateio do FUNDEB (Fundo Nacional de Desenvolvimento a Educação Básica) para o ano de 2020 e dá outras providências".</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2020/21/projeto_de_lei_005-2020.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2020/21/projeto_de_lei_005-2020.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a bolsa auxílio de que trata a Lei municipal 654 de 21 de junho de 2018 e dá outras providências".</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2020/22/projeto_de_lei_006-2020.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2020/22/projeto_de_lei_006-2020.pdf</t>
   </si>
   <si>
     <t>Bloco Cirúrgico Giovani</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2020/23/projeto_de_lei_007-2020.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2020/23/projeto_de_lei_007-2020.pdf</t>
   </si>
   <si>
     <t>"Institui no Município de Urucuia/Minas Gerais as Escolas Cívico-Militares e dá outras providências"</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2020/43/projeto_de_lei_30_-_2020.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2020/43/projeto_de_lei_30_-_2020.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A FIXAÇÃO DE SUBSÍDIO DOS SECRETÁRIOS MUNICIPAIS DO MUNICÍPIO DE URUCUIA, ESTADO DE MINAS GERAIS, PARA O PERÍODO_x000D_
 COMPREENDIDO ENTRE 2021/2024, E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2020/44/projeto_de_lei_31_-_2020.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2020/44/projeto_de_lei_31_-_2020.pdf</t>
   </si>
   <si>
     <t>“ DISPÕE SOBRE A FIXAÇÃO DE SUBSÍDIO DO PREFEITO E VICE-PREFEITO MUNICIPAIS DO MUNICÍPIO DE URUCUIA, ESTADO DE MINAS GERAIS, PARA O_x000D_
 PERÍODO COMPREENDIDO ENTRE 2021/2024, E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2020/45/projeto_de_lei_32_-_2020.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2020/45/projeto_de_lei_32_-_2020.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A FIXAÇÃO DE SUBSÍDIO DOS VEREADORES DO MUNICÍPIO DE URUCUIA, ESTADO DE MINAS GERAIS, PARA O PERÍODO COMPREENDIDO ENTRE 2021/2024, E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2020/32/projeto_de_lei_no_34_2020.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2020/32/projeto_de_lei_no_34_2020.pdf</t>
   </si>
   <si>
     <t>“ Dispõe sobre a Reestruturação do Regime Próprio de Previdência dos Servidores Públicos do Município de Urucuia/ MG - Caixa de_x000D_
 Aposentadoria e Pensão dos Servidores Públicos do Município de Urucuia - CAPS , estabelece regras de acordo com a Emenda Constitucional n° 103, de 12 de novembro de 2019 dá outras providências.”</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2020/35/projeto_de_lei_035_sem_of.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2020/35/projeto_de_lei_035_sem_of.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a Organização da Estrutura Administrativa do Poder Executivo do município de Urucuia, Estado de Minas Gerais e dá outras providências.”</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Silvão</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2020/26/requerimento_001-2020.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2020/26/requerimento_001-2020.pdf</t>
   </si>
   <si>
     <t>Solicita a convocação do Secretário Municipal de Saúde para prestar informações a cerca do recurso do PAB (Piso de Atenção Básica), referente aos anos de 2018 e 2019.</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>PLS</t>
   </si>
   <si>
     <t>Projeto  de Lei Ordinária Substitutivo</t>
   </si>
   <si>
-    <t>https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2020/36/projeto_de_lei_034-2020_substitutivo.pdf</t>
+    <t>http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2020/36/projeto_de_lei_034-2020_substitutivo.pdf</t>
   </si>
   <si>
     <t>“ Dispõe sobre a Reestruturação do Regime Próprio de Previdência dos Servidores Públicos do Município de Urucuia/MG - Caixa de Aposentadoria e Pensão dos Servidores Públicos do Município de Urucuia - CAPS, estabelece regras de acordo com a Emenda Constitucional n° 103, de 12 de novembro de 2019 dá outras providências.”</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -612,68 +612,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2020/33/projeto_de_emenda_a_lei_organica_no_10_2020.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2020/24/projeto_indicacao_001-2020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2020/25/projeto_indicacao_002-2020.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2020/16/projeto_de_lei_001-2020.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2020/18/projeto_de_lei_002-2020.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2020/19/projeto_de_lei_003-2020.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2020/20/projeto_de_lei_004-2020.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2020/21/projeto_de_lei_005-2020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2020/22/projeto_de_lei_006-2020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2020/23/projeto_de_lei_007-2020.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2020/43/projeto_de_lei_30_-_2020.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2020/44/projeto_de_lei_31_-_2020.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2020/45/projeto_de_lei_32_-_2020.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2020/32/projeto_de_lei_no_34_2020.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2020/35/projeto_de_lei_035_sem_of.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2020/26/requerimento_001-2020.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2020/36/projeto_de_lei_034-2020_substitutivo.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2020/33/projeto_de_emenda_a_lei_organica_no_10_2020.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2020/24/projeto_indicacao_001-2020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2020/25/projeto_indicacao_002-2020.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2020/16/projeto_de_lei_001-2020.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2020/18/projeto_de_lei_002-2020.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2020/19/projeto_de_lei_003-2020.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2020/20/projeto_de_lei_004-2020.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2020/21/projeto_de_lei_005-2020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2020/22/projeto_de_lei_006-2020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2020/23/projeto_de_lei_007-2020.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2020/43/projeto_de_lei_30_-_2020.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2020/44/projeto_de_lei_31_-_2020.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2020/45/projeto_de_lei_32_-_2020.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2020/32/projeto_de_lei_no_34_2020.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2020/35/projeto_de_lei_035_sem_of.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2020/26/requerimento_001-2020.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.urucuia.mg.leg.br/media/sapl/public/materialegislativa/2020/36/projeto_de_lei_034-2020_substitutivo.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="28.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="116.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="115.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>